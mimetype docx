--- v0 (2025-12-12)
+++ v1 (2025-12-31)
@@ -8,51 +8,51 @@
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="50D566D0" w14:textId="77777777" w:rsidR="00974FE0" w:rsidRPr="00E94633" w:rsidRDefault="007F4A34" w:rsidP="00BB775F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="7200"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="2438" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="TtuloCapaChar"/>
         </w:rPr>
         <w:t>TÍTULO SIGNIFICATIVO</w:t>
       </w:r>
@@ -385,51 +385,51 @@
       </w:r>
       <w:r w:rsidRPr="00E94633">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>A lista completa com informações dos autores está no final do artigo</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="pt-BR" w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1674AFA5" wp14:editId="15830B6F">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1674AFA5" wp14:editId="63A83C3B">
             <wp:extent cx="114300" cy="121920"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="204" name="Picture 204"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 18"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId9" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
@@ -2055,84 +2055,58 @@
           <w:spacing w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">O </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">título do artigo </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">deve ser conciso, evitando excesso de palavras, em português e inglês, usando fonte </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:spacing w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">Arial </w:t>
-[...10 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Arial black</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">, tamanho 16, cor preta, tudo em letras maiúsculas e em negrito. O título e subtítulo (se houver) devem ser separados por dois-pontos (:). Título: fonte Arial </w:t>
-[...15 lines deleted...]
-        <w:t>, tamanho 16, cor preta, alinhado à esquerda sem hifenização. O título em inglês usar fonte 10 e em negrito.</w:t>
+        <w:t>, tamanho 16, cor preta, tudo em letras maiúsculas e em negrito. O título e subtítulo (se houver) devem ser separados por dois-pontos (:). Título: fonte Arial black, tamanho 16, cor preta, alinhado à esquerda sem hifenização. O título em inglês usar fonte 10 e em negrito.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B801B6E" w14:textId="77777777" w:rsidR="00876950" w:rsidRDefault="00876950" w:rsidP="00876950">
       <w:pPr>
         <w:pStyle w:val="CorpodetextoEB"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">O </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>espaçamento</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> do corpo do texto deve ser de 1,5 entre linhas; sem espaçamento entre parágrafos; com recuo de 1,25cm no início de cada parágrafo.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6CA9148A" w14:textId="77777777" w:rsidR="00876950" w:rsidRDefault="00876950" w:rsidP="00876950">
       <w:pPr>
         <w:pStyle w:val="CorpodetextoEB"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">A fonte do </w:t>
@@ -3888,67 +3862,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk159340009"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Para as citações deve ser utilizado o formato autor/data com base na </w:t>
       </w:r>
       <w:r w:rsidR="00C0718C" w:rsidRPr="00C0718C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="0"/>
         </w:rPr>
         <w:t>ABNT NBR 10520:2023</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
-[...15 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>. Não utilize o sistema de citação em nota de rodapé.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="668F8782" w14:textId="3BAA13DC" w:rsidR="00FB4ABD" w:rsidRPr="00523344" w:rsidRDefault="00FB4ABD" w:rsidP="00FB4ABD">
       <w:pPr>
         <w:pStyle w:val="CorpodetextoXVEnancib"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00523344">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">As </w:t>
       </w:r>
       <w:r w:rsidRPr="00C14758">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">citações </w:t>
       </w:r>
@@ -4545,63 +4503,52 @@
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008F0A26">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">AGUIAR, André Andrade de. </w:t>
       </w:r>
       <w:r w:rsidRPr="008F0A26">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Avaliação da microbiota bucal em pacientes sob uso crônico de penicilina e </w:t>
-[...11 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Avaliação da microbiota bucal em pacientes sob uso crônico de penicilina e benzatina</w:t>
+      </w:r>
       <w:r w:rsidRPr="008F0A26">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. 2009. Tese (Doutorado em Cardiologia) – Faculdade de Medicina, Universidade de São Paulo, São Paulo, 2009.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B53E877" w14:textId="77777777" w:rsidR="0026767D" w:rsidRDefault="0026767D" w:rsidP="00397BD0">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1D09F294" w14:textId="77777777" w:rsidR="0026767D" w:rsidRPr="008F0A26" w:rsidRDefault="0026767D" w:rsidP="00397BD0">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
@@ -5420,67 +5367,51 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">POLÍTICA. </w:t>
       </w:r>
       <w:r w:rsidRPr="008F0A26">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>In</w:t>
       </w:r>
       <w:r w:rsidRPr="008F0A26">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>: DICIONÁRIO da língua portuguesa. Lis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">boa: </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> Informática, 2013</w:t>
+        <w:t>boa: Priberam Informática, 2013</w:t>
       </w:r>
       <w:r w:rsidRPr="008F0A26">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. Disponível em: http://www.priberam.p</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>t/dlDLPO. Acesso em: 8 mar. 2016</w:t>
       </w:r>
       <w:r w:rsidRPr="008F0A26">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4548C410" w14:textId="77777777" w:rsidR="00397BD0" w:rsidRDefault="00397BD0" w:rsidP="00397BD0">
       <w:pPr>
@@ -5714,195 +5645,576 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="635DC950" w14:textId="77777777" w:rsidR="008C0AD3" w:rsidRDefault="008C0AD3" w:rsidP="008C0AD3">
       <w:pPr>
         <w:framePr w:hSpace="141" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="34" w:firstLine="0"/>
         <w:suppressOverlap/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2000DADB" w14:textId="77777777" w:rsidR="002A1DC1" w:rsidRDefault="002A1DC1" w:rsidP="002A1DC1">
       <w:pPr>
         <w:ind w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Espaço designado para inserir os dados de autoria. Os dados de autoria devem ser submetidos no mesmo momento da submissão do manuscrito como documento suplementar. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BD8C066" w14:textId="77777777" w:rsidR="00D83675" w:rsidRPr="006B105A" w:rsidRDefault="00D83675" w:rsidP="00E979F5">
+    <w:p w14:paraId="5BD8C066" w14:textId="77777777" w:rsidR="00D83675" w:rsidRDefault="00D83675" w:rsidP="00E979F5">
       <w:pPr>
         <w:ind w:firstLine="0"/>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00D83675" w:rsidRPr="006B105A" w:rsidSect="008516D6">
-[...5 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId16"/>
+    <w:p w14:paraId="5055E497" w14:textId="77777777" w:rsidR="003C6AAB" w:rsidRDefault="003C6AAB" w:rsidP="00E979F5">
+      <w:pPr>
+        <w:ind w:firstLine="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="55A2A08C" w14:textId="77777777" w:rsidR="003C6AAB" w:rsidRDefault="003C6AAB" w:rsidP="00E979F5">
+      <w:pPr>
+        <w:ind w:firstLine="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2BE6C41A" w14:textId="77777777" w:rsidR="003C6AAB" w:rsidRDefault="003C6AAB" w:rsidP="00E979F5">
+      <w:pPr>
+        <w:ind w:firstLine="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7D0C847A" w14:textId="77777777" w:rsidR="003C6AAB" w:rsidRDefault="003C6AAB" w:rsidP="00E979F5">
+      <w:pPr>
+        <w:ind w:firstLine="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0078E965" w14:textId="77777777" w:rsidR="003C6AAB" w:rsidRDefault="003C6AAB" w:rsidP="00E979F5">
+      <w:pPr>
+        <w:ind w:firstLine="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="12017A1D" w14:textId="77777777" w:rsidR="003C6AAB" w:rsidRDefault="003C6AAB" w:rsidP="00E979F5">
+      <w:pPr>
+        <w:ind w:firstLine="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="39669D92" w14:textId="77777777" w:rsidR="003C6AAB" w:rsidRDefault="003C6AAB" w:rsidP="00E979F5">
+      <w:pPr>
+        <w:ind w:firstLine="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="15105E58" w14:textId="77777777" w:rsidR="003C6AAB" w:rsidRDefault="003C6AAB" w:rsidP="00E979F5">
+      <w:pPr>
+        <w:ind w:firstLine="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0E03DA3E" w14:textId="77777777" w:rsidR="003C6AAB" w:rsidRDefault="003C6AAB" w:rsidP="00E979F5">
+      <w:pPr>
+        <w:ind w:firstLine="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="35A7B6CF" w14:textId="77777777" w:rsidR="003C6AAB" w:rsidRDefault="003C6AAB" w:rsidP="00E979F5">
+      <w:pPr>
+        <w:ind w:firstLine="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="38F07CA2" w14:textId="77777777" w:rsidR="003C6AAB" w:rsidRDefault="003C6AAB" w:rsidP="00E979F5">
+      <w:pPr>
+        <w:ind w:firstLine="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3E4E5925" w14:textId="77777777" w:rsidR="003C6AAB" w:rsidRDefault="003C6AAB" w:rsidP="00E979F5">
+      <w:pPr>
+        <w:ind w:firstLine="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="57A69AB0" w14:textId="77777777" w:rsidR="003C6AAB" w:rsidRDefault="003C6AAB" w:rsidP="00E979F5">
+      <w:pPr>
+        <w:ind w:firstLine="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="02E57D05" w14:textId="77777777" w:rsidR="003C6AAB" w:rsidRDefault="003C6AAB" w:rsidP="00E979F5">
+      <w:pPr>
+        <w:ind w:firstLine="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="64C9F7D1" w14:textId="77777777" w:rsidR="003C6AAB" w:rsidRDefault="003C6AAB" w:rsidP="00E979F5">
+      <w:pPr>
+        <w:ind w:firstLine="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0F941E3B" w14:textId="77777777" w:rsidR="003C6AAB" w:rsidRDefault="003C6AAB" w:rsidP="00E979F5">
+      <w:pPr>
+        <w:ind w:firstLine="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1E886E72" w14:textId="77777777" w:rsidR="003C6AAB" w:rsidRDefault="003C6AAB" w:rsidP="00E979F5">
+      <w:pPr>
+        <w:ind w:firstLine="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2604D6FE" w14:textId="77777777" w:rsidR="003C6AAB" w:rsidRDefault="003C6AAB" w:rsidP="00E979F5">
+      <w:pPr>
+        <w:ind w:firstLine="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1DCED7F9" w14:textId="77777777" w:rsidR="003C6AAB" w:rsidRDefault="003C6AAB" w:rsidP="00E979F5">
+      <w:pPr>
+        <w:ind w:firstLine="0"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Tabelacomgrade11"/>
+        <w:tblW w:w="10637" w:type="dxa"/>
+        <w:tblInd w:w="-147" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7518"/>
+        <w:gridCol w:w="3119"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="003C6AAB" w:rsidRPr="00070A97" w14:paraId="18EE9302" w14:textId="77777777" w:rsidTr="003C6AAB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7518" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2221CE3B" w14:textId="34382519" w:rsidR="003C6AAB" w:rsidRPr="00070A97" w:rsidRDefault="003C6AAB" w:rsidP="005E114B">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="1" w:name="_Hlk217055294"/>
+            <w:r w:rsidRPr="00070A97">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Copyright (c) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C6AAB">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>[ANO]</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00070A97">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C6AAB">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>[AUTOR1, AUTOR2, AUTOR3]</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C6AAB">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C6AAB">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00070A97">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Este trabalho está licenciado sob uma licença </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00070A97">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Creative</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00070A97">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Commons </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00070A97">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Attribuição</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00070A97">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 4.0 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00070A97">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Internactional</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00070A97">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. Autores mantêm os direitos autorais e concedem à revista o direito de primeira publicação, com o trabalho licenciado sob a </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r w:rsidRPr="00070A97">
+                <w:rPr>
+                  <w:color w:val="0000FF"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Licença </w:t>
+              </w:r>
+              <w:proofErr w:type="spellStart"/>
+              <w:r w:rsidRPr="00070A97">
+                <w:rPr>
+                  <w:color w:val="0000FF"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t>Creative</w:t>
+              </w:r>
+              <w:proofErr w:type="spellEnd"/>
+              <w:r w:rsidRPr="00070A97">
+                <w:rPr>
+                  <w:color w:val="0000FF"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> Commons </w:t>
+              </w:r>
+              <w:proofErr w:type="spellStart"/>
+              <w:r w:rsidRPr="00070A97">
+                <w:rPr>
+                  <w:color w:val="0000FF"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t>Attribution</w:t>
+              </w:r>
+              <w:proofErr w:type="spellEnd"/>
+              <w:r w:rsidRPr="00070A97">
+                <w:rPr>
+                  <w:color w:val="0000FF"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> (CC BY 4.0)</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00070A97">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>, que permite o compartilhamento do trabalho com reconhecimento da autoria. Os artigos são de acesso aberto e uso gratuito.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="05F1664F" w14:textId="77777777" w:rsidR="003C6AAB" w:rsidRPr="00070A97" w:rsidRDefault="003C6AAB" w:rsidP="005E114B">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="456" w:firstLine="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00070A97">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="138A70F2" wp14:editId="411BB6C0">
+                  <wp:extent cx="1411210" cy="510540"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="3810"/>
+                  <wp:docPr id="4" name="Imagem 4"/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="0" name="Picture 2"/>
+                          <pic:cNvPicPr>
+                            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                          </pic:cNvPicPr>
+                        </pic:nvPicPr>
+                        <pic:blipFill rotWithShape="1">
+                          <a:blip r:embed="rId12">
+                            <a:extLst>
+                              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                              </a:ext>
+                            </a:extLst>
+                          </a:blip>
+                          <a:srcRect l="11163" t="24431" r="10964" b="24790"/>
+                          <a:stretch/>
+                        </pic:blipFill>
+                        <pic:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="1422655" cy="514680"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:noFill/>
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:extLst>
+                            <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
+                              <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                            </a:ext>
+                          </a:extLst>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:bookmarkEnd w:id="1"/>
+    </w:tbl>
+    <w:p w14:paraId="6FFAB0F5" w14:textId="77777777" w:rsidR="003C6AAB" w:rsidRPr="006B105A" w:rsidRDefault="003C6AAB" w:rsidP="00E979F5">
+      <w:pPr>
+        <w:ind w:firstLine="0"/>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="003C6AAB" w:rsidRPr="006B105A" w:rsidSect="008516D6">
+      <w:headerReference w:type="even" r:id="rId13"/>
+      <w:headerReference w:type="default" r:id="rId14"/>
+      <w:footerReference w:type="even" r:id="rId15"/>
+      <w:footerReference w:type="default" r:id="rId16"/>
+      <w:headerReference w:type="first" r:id="rId17"/>
+      <w:footerReference w:type="first" r:id="rId18"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1701" w:left="1134" w:header="576" w:footer="677" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5C6C0B0C" w14:textId="77777777" w:rsidR="00524255" w:rsidRDefault="00524255" w:rsidP="00974FE0">
+    <w:p w14:paraId="370374CB" w14:textId="77777777" w:rsidR="00F65EB7" w:rsidRDefault="00F65EB7" w:rsidP="00974FE0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="255A8E93" w14:textId="77777777" w:rsidR="00524255" w:rsidRDefault="00524255" w:rsidP="00974FE0">
+    <w:p w14:paraId="2FD27868" w14:textId="77777777" w:rsidR="00F65EB7" w:rsidRDefault="00F65EB7" w:rsidP="00974FE0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Black">
     <w:panose1 w:val="020B0A04020102020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002AF" w:usb1="400078FB" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Batang">
     <w:altName w:val="바탕"/>
     <w:panose1 w:val="02030600000101010101"/>
     <w:charset w:val="81"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="B00002AF" w:usb1="69D77CFB" w:usb2="00000030" w:usb3="00000000" w:csb0="0008009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="1ACB727E" w14:textId="77777777" w:rsidR="008516D6" w:rsidRDefault="008516D6">
     <w:pPr>
       <w:pStyle w:val="Rodap"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w14:paraId="3FD948EA" w14:textId="164A4C28" w:rsidR="008516D6" w:rsidRPr="00E10C5C" w:rsidRDefault="00524255" w:rsidP="008516D6">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="3FD948EA" w14:textId="164A4C28" w:rsidR="008516D6" w:rsidRPr="00E10C5C" w:rsidRDefault="00000000" w:rsidP="008516D6">
     <w:pPr>
       <w:pStyle w:val="Rodap"/>
       <w:ind w:right="8"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:b/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:id w:val="-1163860914"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -6059,96 +6371,116 @@
                               <w:szCs w:val="16"/>
                               <w:lang w:val="en-US"/>
                             </w:rPr>
                             <w:t xml:space="preserve">ISSN 1518-2924. </w:t>
                           </w:r>
                         </w:p>
                         <w:p w14:paraId="3AE668C8" w14:textId="77777777" w:rsidR="00BD55D9" w:rsidRPr="00BD55D9" w:rsidRDefault="00BD55D9" w:rsidP="00BD55D9">
                           <w:pPr>
                             <w:spacing w:line="276" w:lineRule="auto"/>
                             <w:ind w:firstLine="0"/>
                             <w:rPr>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                               <w:lang w:val="en-US"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="00BD55D9">
                             <w:rPr>
                               <w:rFonts w:cs="Arial"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                               <w:lang w:val="en-US"/>
                             </w:rPr>
                             <w:t>DOI: </w:t>
                           </w:r>
-                          <w:hyperlink r:id="rId1" w:history="1">
-[...10 lines deleted...]
-                          </w:hyperlink>
+                          <w:r w:rsidR="00000000">
+                            <w:fldChar w:fldCharType="begin"/>
+                          </w:r>
+                          <w:r w:rsidR="00000000" w:rsidRPr="003C6AAB">
+                            <w:rPr>
+                              <w:lang w:val="en-US"/>
+                            </w:rPr>
+                            <w:instrText>HYPERLINK "https://doi.org/10.5007/1518-2924.2019.eXXXX"</w:instrText>
+                          </w:r>
+                          <w:r w:rsidR="00000000">
+                            <w:fldChar w:fldCharType="separate"/>
+                          </w:r>
+                          <w:r w:rsidRPr="00BD55D9">
+                            <w:rPr>
+                              <w:rStyle w:val="Hyperlink"/>
+                              <w:rFonts w:cs="Arial"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                              <w:lang w:val="en-US"/>
+                            </w:rPr>
+                            <w:t>https://doi.org/10.5007/1518-2924.2019.eXXXX</w:t>
+                          </w:r>
+                          <w:r w:rsidR="00000000">
+                            <w:rPr>
+                              <w:rStyle w:val="Hyperlink"/>
+                              <w:rFonts w:cs="Arial"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                              <w:lang w:val="en-US"/>
+                            </w:rPr>
+                            <w:fldChar w:fldCharType="end"/>
+                          </w:r>
                           <w:r w:rsidRPr="00BD55D9">
                             <w:rPr>
                               <w:rFonts w:cs="Arial"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                               <w:lang w:val="en-US"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="46A0CAC6" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:57.75pt;margin-top:13.8pt;width:278.25pt;height:39pt;z-index:-251635712;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBmvbe9IgIAAB0EAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO2yAQfa/Uf0C8N3acpNlYcVbbbFNV&#10;2l6k3X4AxjhGBYYCiZ1+fQeczUbbt6o8IIYZDjNnzqxvB63IUTgvwVR0OskpEYZDI82+oj+edu9u&#10;KPGBmYYpMKKiJ+Hp7ebtm3VvS1FAB6oRjiCI8WVvK9qFYMss87wTmvkJWGHQ2YLTLKDp9lnjWI/o&#10;WmVFnr/PenCNdcCF93h7PzrpJuG3reDhW9t6EYiqKOYW0u7SXsc926xZuXfMdpKf02D/kIVm0uCn&#10;F6h7Fhg5OPkXlJbcgYc2TDjoDNpWcpFqwGqm+atqHjtmRaoFyfH2QpP/f7D86/G7I7KpaDFbUWKY&#10;xiY9iSGQDzCQIvLTW19i2KPFwDDgNfY51ertA/CfnhjYdszsxZ1z0HeCNZjfNL7Mrp6OOD6C1P0X&#10;aPAbdgiQgIbW6Uge0kEQHft0uvQmpsLxcraYzZbLBSUcffPVYpan5mWsfH5tnQ+fBGgSDxV12PuE&#10;zo4PPsRsWPkcEj/zoGSzk0olw+3rrXLkyFAnu7RSAa/ClCF9RVeLYpGQDcT3SUJaBtSxkrqiN3lc&#10;o7IiGx9Nk0ICk2o8YybKnOmJjIzchKEeMDByVkNzQqIcjHrF+cJDB+43JT1qtaL+14E5QYn6bJDs&#10;1XQ+j+JOxnyxLNBw15762sMMR6iKBkrG4zakgYg8GLjDprQy8fWSyTlX1GCi8TwvUeTXdop6merN&#10;HwAAAP//AwBQSwMEFAAGAAgAAAAhABoHYxndAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FO&#10;wzAQRO9I/IO1SFwQdRoRB9I4FSCBuLb0AzbxNoka21HsNunfs5zgOJrRzJtyu9hBXGgKvXca1qsE&#10;BLnGm961Gg7fH4/PIEJEZ3DwjjRcKcC2ur0psTB+dju67GMruMSFAjV0MY6FlKHpyGJY+ZEce0c/&#10;WYwsp1aaCWcut4NMk0RJi73jhQ5Heu+oOe3PVsPxa37IXub6Mx7y3ZN6wz6v/VXr+7vldQMi0hL/&#10;wvCLz+hQMVPtz84EMbBeZxlHNaS5AsEBlad8rmYnyRTIqpT/L1Q/AAAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAGa9t70iAgAAHQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhABoHYxndAAAACgEAAA8AAAAAAAAAAAAAAAAAfAQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAACGBQAAAAA=&#10;" stroked="f">
+            <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:57.75pt;margin-top:13.8pt;width:278.25pt;height:39pt;z-index:-251635712;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCCZsxnDgIAAPYDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO2yAQfa/Uf0C8N3YubjZWnNU221SV&#10;thdp2w/AGMeowFAgsdOv3wFns9H2rSoPaIYZDjNnDuvbQStyFM5LMBWdTnJKhOHQSLOv6M8fu3c3&#10;lPjATMMUGFHRk/D0dvP2zbq3pZhBB6oRjiCI8WVvK9qFYMss87wTmvkJWGEw2ILTLKDr9lnjWI/o&#10;WmWzPH+f9eAa64AL7/H0fgzSTcJvW8HDt7b1IhBVUawtpN2lvY57tlmzcu+Y7SQ/l8H+oQrNpMFH&#10;L1D3LDBycPIvKC25Aw9tmHDQGbSt5CL1gN1M81fdPHbMitQLkuPthSb//2D51+Oj/e5IGD7AgANM&#10;TXj7APyXJwa2HTN7cecc9J1gDT48jZRlvfXl+Wqk2pc+gtT9F2hwyOwQIAENrdORFeyTIDoO4HQh&#10;XQyBcDycF/P5cllQwjG2WBXzPE0lY+Xzbet8+CRAk2hU1OFQEzo7PvgQq2Hlc0p8zIOSzU4qlRy3&#10;r7fKkSNDAezSSg28SlOG9BVdFbMiIRuI95M2tAwoUCV1RW/yuEbJRDY+mialBCbVaGMlypzpiYyM&#10;3IShHjAx0lRDc0KiHIxCxI+DRgfuDyU9irCi/veBOUGJ+myQ7NV0sYiqTc6iWM7QcdeR+jrCDEeo&#10;igZKRnMbktIjDwbucCitTHy9VHKuFcWVaDx/hKjeaz9lvXzXzRMAAAD//wMAUEsDBBQABgAIAAAA&#10;IQAaB2MZ3QAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUhcEHUaEQfSOBUg&#10;gbi29AM28TaJGttR7Dbp37Oc4Dia0cybcrvYQVxoCr13GtarBAS5xpvetRoO3x+PzyBCRGdw8I40&#10;XCnAtrq9KbEwfnY7uuxjK7jEhQI1dDGOhZSh6chiWPmRHHtHP1mMLKdWmglnLreDTJNESYu944UO&#10;R3rvqDntz1bD8Wt+yF7m+jMe8t2TesM+r/1V6/u75XUDItIS/8Lwi8/oUDFT7c/OBDGwXmcZRzWk&#10;uQLBAZWnfK5mJ8kUyKqU/y9UPwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAA&#10;AJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCCZsxnDgIA&#10;APYDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAaB2MZ&#10;3QAAAAoBAAAPAAAAAAAAAAAAAAAAAGgEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA&#10;cgUAAAAA&#10;" stroked="f">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="58BA557A" w14:textId="77777777" w:rsidR="00BD55D9" w:rsidRDefault="00BD55D9" w:rsidP="00BD55D9">
                     <w:pPr>
                       <w:spacing w:line="276" w:lineRule="auto"/>
                       <w:ind w:firstLine="0"/>
                       <w:rPr>
                         <w:rFonts w:cs="Arial"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="00804EE9">
                       <w:rPr>
                         <w:rFonts w:cs="Arial"/>
                         <w:b/>
                         <w:bCs/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                       <w:t>Encontros Bibli</w:t>
                     </w:r>
                     <w:r w:rsidRPr="00804EE9">
                       <w:rPr>
                         <w:rFonts w:cs="Arial"/>
@@ -6226,145 +6558,163 @@
                         <w:szCs w:val="16"/>
                         <w:lang w:val="en-US"/>
                       </w:rPr>
                       <w:t xml:space="preserve">ISSN 1518-2924. </w:t>
                     </w:r>
                   </w:p>
                   <w:p w14:paraId="3AE668C8" w14:textId="77777777" w:rsidR="00BD55D9" w:rsidRPr="00BD55D9" w:rsidRDefault="00BD55D9" w:rsidP="00BD55D9">
                     <w:pPr>
                       <w:spacing w:line="276" w:lineRule="auto"/>
                       <w:ind w:firstLine="0"/>
                       <w:rPr>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                         <w:lang w:val="en-US"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="00BD55D9">
                       <w:rPr>
                         <w:rFonts w:cs="Arial"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                         <w:lang w:val="en-US"/>
                       </w:rPr>
                       <w:t>DOI: </w:t>
                     </w:r>
-                    <w:hyperlink r:id="rId2" w:history="1">
-[...10 lines deleted...]
-                    </w:hyperlink>
+                    <w:r w:rsidR="00000000">
+                      <w:fldChar w:fldCharType="begin"/>
+                    </w:r>
+                    <w:r w:rsidR="00000000" w:rsidRPr="003C6AAB">
+                      <w:rPr>
+                        <w:lang w:val="en-US"/>
+                      </w:rPr>
+                      <w:instrText>HYPERLINK "https://doi.org/10.5007/1518-2924.2019.eXXXX"</w:instrText>
+                    </w:r>
+                    <w:r w:rsidR="00000000">
+                      <w:fldChar w:fldCharType="separate"/>
+                    </w:r>
+                    <w:r w:rsidRPr="00BD55D9">
+                      <w:rPr>
+                        <w:rStyle w:val="Hyperlink"/>
+                        <w:rFonts w:cs="Arial"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="16"/>
+                        <w:lang w:val="en-US"/>
+                      </w:rPr>
+                      <w:t>https://doi.org/10.5007/1518-2924.2019.eXXXX</w:t>
+                    </w:r>
+                    <w:r w:rsidR="00000000">
+                      <w:rPr>
+                        <w:rStyle w:val="Hyperlink"/>
+                        <w:rFonts w:cs="Arial"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="16"/>
+                        <w:lang w:val="en-US"/>
+                      </w:rPr>
+                      <w:fldChar w:fldCharType="end"/>
+                    </w:r>
                     <w:r w:rsidRPr="00BD55D9">
                       <w:rPr>
                         <w:rFonts w:cs="Arial"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                         <w:lang w:val="en-US"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="margin"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
-  <w:p w14:paraId="6002897D" w14:textId="1034658A" w:rsidR="008516D6" w:rsidRDefault="00524255" w:rsidP="008516D6">
+  <w:p w14:paraId="6002897D" w14:textId="1034658A" w:rsidR="008516D6" w:rsidRDefault="00000000" w:rsidP="008516D6">
     <w:pPr>
       <w:pStyle w:val="Rodap"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="8504"/>
       </w:tabs>
       <w:ind w:right="-568"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:id w:val="2002925619"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="-1769616900"/>
             <w:docPartObj>
               <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
               <w:docPartUnique/>
             </w:docPartObj>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:r w:rsidR="002F3DCE" w:rsidRPr="006D2E94">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
               <w:drawing>
                 <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251674624" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4C5D95A7" wp14:editId="168E04CD">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="margin">
                     <wp:posOffset>381000</wp:posOffset>
                   </wp:positionH>
                   <wp:positionV relativeFrom="page">
                     <wp:posOffset>10048240</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="186055" cy="234950"/>
                   <wp:effectExtent l="0" t="0" r="4445" b="0"/>
                   <wp:wrapNone/>
                   <wp:docPr id="245" name="Imagem 39" descr="Z:\Portal de Periódicos\Revistas\Encontros Bibli\Template\Aplicações\Versões da Marca\Versões da Marca Original-02.png"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 23" descr="Z:\Portal de Periódicos\Revistas\Encontros Bibli\Template\Aplicações\Versões da Marca\Versões da Marca Original-02.png"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill rotWithShape="1">
-                          <a:blip r:embed="rId3" cstate="print">
+                          <a:blip r:embed="rId1" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect l="18088" t="9664" r="18116" b="9844"/>
                           <a:stretch/>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="186055" cy="234950"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                           <a:extLst>
                             <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                               <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                             </a:ext>
@@ -6508,93 +6858,93 @@
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251676672" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="50E24FC6" wp14:editId="73A381CE">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>6350635</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>42545</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1203325" cy="72390"/>
           <wp:effectExtent l="0" t="0" r="0" b="3810"/>
           <wp:wrapNone/>
           <wp:docPr id="246" name="Picture 246"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 22"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
-                  <a:blip r:embed="rId4">
+                  <a:blip r:embed="rId2">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1203325" cy="72390"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="0E78F686" w14:textId="30DC8568" w:rsidR="00B15F61" w:rsidRPr="00974FE0" w:rsidRDefault="00BD55D9" w:rsidP="002D23BC">
     <w:pPr>
       <w:pStyle w:val="Cabealho"/>
       <w:spacing w:line="276" w:lineRule="auto"/>
       <w:ind w:firstLine="0"/>
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00352A44">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="22"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="pt-BR"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251678720" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="16F6B4A2" wp14:editId="1E44EBB0">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
                 <wp:posOffset>285115</wp:posOffset>
@@ -6732,96 +7082,116 @@
                               <w:szCs w:val="16"/>
                               <w:lang w:val="en-US"/>
                             </w:rPr>
                             <w:t xml:space="preserve">ISSN 1518-2924. </w:t>
                           </w:r>
                         </w:p>
                         <w:p w14:paraId="72F15F28" w14:textId="77777777" w:rsidR="00BD55D9" w:rsidRPr="00BD55D9" w:rsidRDefault="00BD55D9" w:rsidP="00BD55D9">
                           <w:pPr>
                             <w:spacing w:line="276" w:lineRule="auto"/>
                             <w:ind w:firstLine="0"/>
                             <w:rPr>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                               <w:lang w:val="en-US"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="00BD55D9">
                             <w:rPr>
                               <w:rFonts w:cs="Arial"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                               <w:lang w:val="en-US"/>
                             </w:rPr>
                             <w:t>DOI: </w:t>
                           </w:r>
-                          <w:hyperlink r:id="rId1" w:history="1">
-[...10 lines deleted...]
-                          </w:hyperlink>
+                          <w:r w:rsidR="00000000">
+                            <w:fldChar w:fldCharType="begin"/>
+                          </w:r>
+                          <w:r w:rsidR="00000000" w:rsidRPr="003C6AAB">
+                            <w:rPr>
+                              <w:lang w:val="en-US"/>
+                            </w:rPr>
+                            <w:instrText>HYPERLINK "https://doi.org/10.5007/1518-2924.2019.eXXXX"</w:instrText>
+                          </w:r>
+                          <w:r w:rsidR="00000000">
+                            <w:fldChar w:fldCharType="separate"/>
+                          </w:r>
+                          <w:r w:rsidRPr="00BD55D9">
+                            <w:rPr>
+                              <w:rStyle w:val="Hyperlink"/>
+                              <w:rFonts w:cs="Arial"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                              <w:lang w:val="en-US"/>
+                            </w:rPr>
+                            <w:t>https://doi.org/10.5007/1518-2924.2019.eXXXX</w:t>
+                          </w:r>
+                          <w:r w:rsidR="00000000">
+                            <w:rPr>
+                              <w:rStyle w:val="Hyperlink"/>
+                              <w:rFonts w:cs="Arial"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                              <w:lang w:val="en-US"/>
+                            </w:rPr>
+                            <w:fldChar w:fldCharType="end"/>
+                          </w:r>
                           <w:r w:rsidRPr="00BD55D9">
                             <w:rPr>
                               <w:rFonts w:cs="Arial"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                               <w:lang w:val="en-US"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="16F6B4A2" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="_x0000_s1028" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:22.45pt;margin-top:-9.9pt;width:278.25pt;height:39pt;z-index:-251637760;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBqUPpVIgIAACIEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO2yAQfa/Uf0C8N3acpNlYcVbbbFNV&#10;2l6k3X4AxjhGBYYCiZ1+fQeczUbbt6o8IIYZDjNnzqxvB63IUTgvwVR0OskpEYZDI82+oj+edu9u&#10;KPGBmYYpMKKiJ+Hp7ebtm3VvS1FAB6oRjiCI8WVvK9qFYMss87wTmvkJWGHQ2YLTLKDp9lnjWI/o&#10;WmVFnr/PenCNdcCF93h7PzrpJuG3reDhW9t6EYiqKOYW0u7SXsc926xZuXfMdpKf02D/kIVm0uCn&#10;F6h7Fhg5OPkXlJbcgYc2TDjoDNpWcpFqwGqm+atqHjtmRaoFyfH2QpP/f7D86/G7I7KpaEGJYRpb&#10;9CSGQD7AQIrITm99iUGPFsPCgNfY5VSptw/Af3piYNsxsxd3zkHfCdZgdtP4Mrt6OuL4CFL3X6DB&#10;b9ghQAIaWqcjdUgGQXTs0unSmZgKx8vZYjZbLheUcPTNV4tZnlqXsfL5tXU+fBKgSTxU1GHnEzo7&#10;PvgQs2Hlc0j8zIOSzU4qlQy3r7fKkSNDlezSSgW8ClOG9BVdLYpFQjYQ3ycBaRlQxUrqit7kcY26&#10;imx8NE0KCUyq8YyZKHOmJzIychOGejj3AeMjdTU0J+TLwShaHDI8dOB+U9KjYCvqfx2YE5SozwY5&#10;X03n86jwZMwXywINd+2prz3McISqaKBkPG5DmopIh4E77E0rE20vmZxTRiEmNs9DE5V+baeol9He&#10;/AEAAP//AwBQSwMEFAAGAAgAAAAhAPFHvZneAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj0Fu&#10;gzAQRfeVegdrInVTJYaIkEAxUVupVbdJc4ABTwAF2wg7gdy+01W7HM3T/+8X+9n04kaj75xVEK8i&#10;EGRrpzvbKDh9fyx3IHxAq7F3lhTcycO+fHwoMNdusge6HUMjOMT6HBW0IQy5lL5uyaBfuYEs/85u&#10;NBj4HBupR5w43PRyHUWpNNhZbmhxoPeW6svxahScv6bnTTZVn+G0PSTpG3bbyt2VelrMry8gAs3h&#10;D4ZffVaHkp0qd7Xai15BkmRMKljGGU9gII3iBESlYLNbgywL+X9B+QMAAP//AwBQSwECLQAUAAYA&#10;CAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBL&#10;AQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BL&#10;AQItABQABgAIAAAAIQBqUPpVIgIAACIEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnht&#10;bFBLAQItABQABgAIAAAAIQDxR72Z3gAAAAkBAAAPAAAAAAAAAAAAAAAAAHwEAABkcnMvZG93bnJl&#10;di54bWxQSwUGAAAAAAQABADzAAAAhwUAAAAA&#10;" stroked="f">
+            <v:shape id="_x0000_s1028" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:22.45pt;margin-top:-9.9pt;width:278.25pt;height:39pt;z-index:-251637760;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDnkeTXEgIAAP0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO2yAQfa/Uf0C8N3YubjZWyGqbbapK&#10;24u07QdgjGNUzFAgsdOv3wFns9H2rSoPiGFmDjNnDuvbodPkKJ1XYBidTnJKpBFQK7Nn9OeP3bsb&#10;SnzgpuYajGT0JD293bx9s+5tKWfQgq6lIwhifNlbRtsQbJllXrSy434CVhp0NuA6HtB0+6x2vEf0&#10;TmezPH+f9eBq60BI7/H2fnTSTcJvGinCt6bxMhDNKNYW0u7SXsU926x5uXfctkqcy+D/UEXHlcFH&#10;L1D3PHBycOovqE4JBx6aMBHQZdA0SsjUA3YzzV9189hyK1MvSI63F5r8/4MVX4+P9rsjYfgAAw4w&#10;NeHtA4hfnhjYttzs5Z1z0LeS1/jwNFKW9daX59RItS99BKn6L1DjkPkhQAIaGtdFVrBPgug4gNOF&#10;dDkEIvByXszny2VBiUDfYlXM8zSVjJfP2db58ElCR+KBUYdDTej8+OBDrIaXzyHxMQ9a1TuldTLc&#10;vtpqR44cBbBLKzXwKkwb0jO6KmZFQjYQ85M2OhVQoFp1jN7kcY2SiWx8NHUKCVzp8YyVaHOmJzIy&#10;chOGaiCqZnQWcyNbFdQn5MvBqEf8P3howf2hpEctMup/H7iTlOjPBjlfTReLKN5kLIrlDA137amu&#10;PdwIhGI0UDIetyEJPtJh4A5n06hE20sl55JRY4nN83+IIr62U9TLr908AQAA//8DAFBLAwQUAAYA&#10;CAAAACEA8Ue9md4AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQW6DMBBF95V6B2sidVMlhoiQ&#10;QDFRW6lVt0lzgAFPAAXbCDuB3L7TVbsczdP/7xf72fTiRqPvnFUQryIQZGunO9soOH1/LHcgfECr&#10;sXeWFNzJw758fCgw126yB7odQyM4xPocFbQhDLmUvm7JoF+5gSz/zm40GPgcG6lHnDjc9HIdRak0&#10;2FluaHGg95bqy/FqFJy/pudNNlWf4bQ9JOkbdtvK3ZV6WsyvLyACzeEPhl99VoeSnSp3tdqLXkGS&#10;ZEwqWMYZT2AgjeIERKVgs1uDLAv5f0H5AwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAOeR&#10;5NcSAgAA/QMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;APFHvZneAAAACQEAAA8AAAAAAAAAAAAAAAAAbAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAAB3BQAAAAA=&#10;" stroked="f">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="1207A3FF" w14:textId="77777777" w:rsidR="00BD55D9" w:rsidRDefault="00BD55D9" w:rsidP="00BD55D9">
                     <w:pPr>
                       <w:spacing w:line="276" w:lineRule="auto"/>
                       <w:ind w:firstLine="0"/>
                       <w:rPr>
                         <w:rFonts w:cs="Arial"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="00804EE9">
                       <w:rPr>
                         <w:rFonts w:cs="Arial"/>
                         <w:b/>
                         <w:bCs/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                       <w:t>Encontros Bibli</w:t>
                     </w:r>
                     <w:r w:rsidRPr="00804EE9">
                       <w:rPr>
                         <w:rFonts w:cs="Arial"/>
@@ -6899,62 +7269,82 @@
                         <w:szCs w:val="16"/>
                         <w:lang w:val="en-US"/>
                       </w:rPr>
                       <w:t xml:space="preserve">ISSN 1518-2924. </w:t>
                     </w:r>
                   </w:p>
                   <w:p w14:paraId="72F15F28" w14:textId="77777777" w:rsidR="00BD55D9" w:rsidRPr="00BD55D9" w:rsidRDefault="00BD55D9" w:rsidP="00BD55D9">
                     <w:pPr>
                       <w:spacing w:line="276" w:lineRule="auto"/>
                       <w:ind w:firstLine="0"/>
                       <w:rPr>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                         <w:lang w:val="en-US"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="00BD55D9">
                       <w:rPr>
                         <w:rFonts w:cs="Arial"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                         <w:lang w:val="en-US"/>
                       </w:rPr>
                       <w:t>DOI: </w:t>
                     </w:r>
-                    <w:hyperlink r:id="rId2" w:history="1">
-[...10 lines deleted...]
-                    </w:hyperlink>
+                    <w:r w:rsidR="00000000">
+                      <w:fldChar w:fldCharType="begin"/>
+                    </w:r>
+                    <w:r w:rsidR="00000000" w:rsidRPr="003C6AAB">
+                      <w:rPr>
+                        <w:lang w:val="en-US"/>
+                      </w:rPr>
+                      <w:instrText>HYPERLINK "https://doi.org/10.5007/1518-2924.2019.eXXXX"</w:instrText>
+                    </w:r>
+                    <w:r w:rsidR="00000000">
+                      <w:fldChar w:fldCharType="separate"/>
+                    </w:r>
+                    <w:r w:rsidRPr="00BD55D9">
+                      <w:rPr>
+                        <w:rStyle w:val="Hyperlink"/>
+                        <w:rFonts w:cs="Arial"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="16"/>
+                        <w:lang w:val="en-US"/>
+                      </w:rPr>
+                      <w:t>https://doi.org/10.5007/1518-2924.2019.eXXXX</w:t>
+                    </w:r>
+                    <w:r w:rsidR="00000000">
+                      <w:rPr>
+                        <w:rStyle w:val="Hyperlink"/>
+                        <w:rFonts w:cs="Arial"/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="16"/>
+                        <w:lang w:val="en-US"/>
+                      </w:rPr>
+                      <w:fldChar w:fldCharType="end"/>
+                    </w:r>
                     <w:r w:rsidRPr="00BD55D9">
                       <w:rPr>
                         <w:rFonts w:cs="Arial"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                         <w:lang w:val="en-US"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="margin"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="00E94633">
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="pt-BR"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4B9EA51F" wp14:editId="20705F60">
@@ -6970,178 +7360,178 @@
           <wp:wrapTight wrapText="bothSides">
             <wp:wrapPolygon edited="0">
               <wp:start x="4154" y="0"/>
               <wp:lineTo x="0" y="3000"/>
               <wp:lineTo x="0" y="19500"/>
               <wp:lineTo x="18692" y="19500"/>
               <wp:lineTo x="18692" y="3000"/>
               <wp:lineTo x="14538" y="0"/>
               <wp:lineTo x="4154" y="0"/>
             </wp:wrapPolygon>
           </wp:wrapTight>
           <wp:docPr id="249" name="Picture 249"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 20"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
-                  <a:blip r:embed="rId3">
+                  <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="198120" cy="274320"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="00E979F5" w:rsidRPr="00974FE0">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="51963B0F" w14:textId="75679AF6" w:rsidR="00B15F61" w:rsidRDefault="00B15F61" w:rsidP="002D23BC">
     <w:pPr>
       <w:pStyle w:val="Rodap"/>
       <w:spacing w:line="276" w:lineRule="auto"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="74C97A1E" w14:textId="77777777" w:rsidR="00524255" w:rsidRDefault="00524255" w:rsidP="00974FE0">
+    <w:p w14:paraId="6139AB16" w14:textId="77777777" w:rsidR="00F65EB7" w:rsidRDefault="00F65EB7" w:rsidP="00974FE0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7D55691F" w14:textId="77777777" w:rsidR="00524255" w:rsidRDefault="00524255" w:rsidP="00974FE0">
+    <w:p w14:paraId="5655F6CC" w14:textId="77777777" w:rsidR="00F65EB7" w:rsidRDefault="00F65EB7" w:rsidP="00974FE0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="269D44FA" w14:textId="77777777" w:rsidR="00876950" w:rsidRDefault="00876950" w:rsidP="00C41152">
       <w:pPr>
         <w:pStyle w:val="Textodenotaderodap"/>
         <w:ind w:left="142" w:hanging="142"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Refdenotaderodap"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Exemplo de nota explicativa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Não utilizar para fazer referências bibliográficas, essas devem estar no item referências. Usar fonte tamanho 10 para o conteúdo das notas.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="78B3DFD6" w14:textId="77777777" w:rsidR="008516D6" w:rsidRDefault="008516D6">
     <w:pPr>
       <w:pStyle w:val="Cabealho"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="3D234375" w14:textId="77777777" w:rsidR="0056239F" w:rsidRPr="00B15F61" w:rsidRDefault="0056239F" w:rsidP="00C41D41">
     <w:pPr>
       <w:pStyle w:val="Cabealho"/>
       <w:ind w:left="-270" w:firstLine="0"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="7D54A1D6" w14:textId="77777777" w:rsidR="00E94633" w:rsidRDefault="00E94633" w:rsidP="00E94633">
     <w:pPr>
       <w:pStyle w:val="Cabealho"/>
       <w:ind w:left="-90" w:hanging="180"/>
       <w:jc w:val="left"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00164FCB">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:eastAsia="pt-BR"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6CA6DF0C" wp14:editId="58C7C153">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>5708015</wp:posOffset>
               </wp:positionH>
@@ -7200,51 +7590,51 @@
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="6CA6DF0C" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="_x0000_s1027" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:449.45pt;margin-top:-21.05pt;width:73.8pt;height:26.75pt;z-index:251663360;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDqmcv3DAIAAPoDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjpx0qYx4hRduw4D&#10;ugvQ7gMYWY6FSaImKbG7ry8lp2nQvQ3Tg0CJ1CHPIbW6Goxme+mDQlvz6dmEM2kFNspua/7z8e7D&#10;JWchgm1Ao5U1f5KBX63fv1v1rpIldqgb6RmB2FD1ruZdjK4qiiA6aSCcoZOWnC16A5GOfls0HnpC&#10;N7ooJ5OLokffOI9ChkC3t6OTrzN+20oRv7dtkJHpmlNtMe8+75u0F+sVVFsPrlPiUAb8QxUGlKWk&#10;R6hbiMB2Xv0FZZTwGLCNZwJNgW2rhMwciM108obNQwdOZi4kTnBHmcL/gxXf9j88U03Ny+mCMwuG&#10;mvQoh8g+4sDKpE/vQkVhD44C40DX1OfMNbh7FL8Cs3jTgd3Ka++x7yQ0VN80vSxOno44IYFs+q/Y&#10;UBrYRcxAQ+tNEo/kYIROfXo69iaVIuhyOVuUF+QR5JrNlovyPGeA6uWx8yF+lmhYMmruqfUZHPb3&#10;IaZioHoJSbks3imtc/u1ZT0lOCfINx6jIk2nVqbml5O0xnlJHD/ZJj+OoPRoUwJtD6QTz5FxHDZD&#10;1jcrkgTZYPNEKngch5E+Dxkd+j+c9TSINQ+/d+AlZ/qLJSWX0/k8TW4+zM8XJR38qWdz6gErCKrm&#10;kbPRvIl52kdi16R4q7Iar5UcSqYByyIdPkOa4NNzjnr9sutnAAAA//8DAFBLAwQUAAYACAAAACEA&#10;zAkXet8AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPTU/DMAyG70j8h8hI3LakUze1pemEQFxB&#10;Gx8St6zx2orGqZpsLf8e7zRutvzo9fOW29n14oxj6DxpSJYKBFLtbUeNho/3l0UGIkRD1vSeUMMv&#10;BthWtzelKayfaIfnfWwEh1AojIY2xqGQMtQtOhOWfkDi29GPzkRex0ba0Uwc7nq5UmojnemIP7Rm&#10;wKcW65/9yWn4fD1+f6XqrXl262Hys5Lkcqn1/d38+AAi4hyvMFz0WR0qdjr4E9kgeg1ZnuWMalik&#10;qwTEhVDpZg3iwFOSgqxK+b9D9QcAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAA&#10;AJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDqmcv3DAIA&#10;APoDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDMCRd6&#10;3wAAAAsBAAAPAAAAAAAAAAAAAAAAAGYEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA&#10;cgUAAAAA&#10;" filled="f" stroked="f">
+            <v:shape id="_x0000_s1027" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:449.45pt;margin-top:-21.05pt;width:73.8pt;height:26.75pt;z-index:251663360;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDGkAwe+AEAANMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU11v2yAUfZ+0/4B4X+w4SdNYcaquXadJ&#10;3YfU7QdgjGM04DIgsbNfvwt206h7m+YHdOGac+8597C9GbQiR+G8BFPR+SynRBgOjTT7iv74/vDu&#10;mhIfmGmYAiMqehKe3uzevtn2thQFdKAa4QiCGF/2tqJdCLbMMs87oZmfgRUGky04zQJu3T5rHOsR&#10;XausyPOrrAfXWAdceI+n92OS7hJ+2woevratF4GoimJvIa0urXVcs92WlXvHbCf51Ab7hy40kwaL&#10;nqHuWWDk4ORfUFpyBx7aMOOgM2hbyUXigGzm+Ss2Tx2zInFBcbw9y+T/Hyz/cnyy3xwJw3sYcICJ&#10;hLePwH96YuCuY2Yvbp2DvhOswcLzKFnWW19OV6PUvvQRpO4/Q4NDZocACWhonY6qIE+C6DiA01l0&#10;MQTC8XCzWBdXmOGYWiw262KVKrDy+bJ1PnwUoEkMKupwpgmcHR99iM2w8vmXWMvAg1QqzVUZ0mOB&#10;FUK+ymgZ0HZK6ope5/EbjRA5fjBNuhyYVGOMBZSZSEeeI+Mw1AORzaRI1KCG5oQqOBhdhq8Cgw7c&#10;b0p6dFhF/a8Dc4IS9cmgkpv5chktmTbL1brAjbvM1JcZZjhCVTRQMoZ3Idl4JHaLircyqfHSydQy&#10;OieJNLk8WvNyn/56eYu7PwAAAP//AwBQSwMEFAAGAAgAAAAhAMwJF3rfAAAACwEAAA8AAABkcnMv&#10;ZG93bnJldi54bWxMj01PwzAMhu9I/IfISNy2pFM3taXphEBcQRsfEres8dqKxqmabC3/Hu80brb8&#10;6PXzltvZ9eKMY+g8aUiWCgRS7W1HjYaP95dFBiJEQ9b0nlDDLwbYVrc3pSmsn2iH531sBIdQKIyG&#10;NsahkDLULToTln5A4tvRj85EXsdG2tFMHO56uVJqI53piD+0ZsCnFuuf/clp+Hw9fn+l6q15duth&#10;8rOS5HKp9f3d/PgAIuIcrzBc9FkdKnY6+BPZIHoNWZ7ljGpYpKsExIVQ6WYN4sBTkoKsSvm/Q/UH&#10;AAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250&#10;ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAv&#10;AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAxpAMHvgBAADTAwAADgAAAAAAAAAAAAAAAAAu&#10;AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAzAkXet8AAAALAQAADwAAAAAAAAAAAAAA&#10;AABSBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAF4FAAAAAA==&#10;" filled="f" stroked="f">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="6E94D45F" w14:textId="77777777" w:rsidR="00164FCB" w:rsidRPr="00E94633" w:rsidRDefault="00164FCB" w:rsidP="00E94633">
                     <w:pPr>
                       <w:spacing w:line="240" w:lineRule="auto"/>
                       <w:jc w:val="right"/>
                       <w:rPr>
                         <w:color w:val="FFFFFF" w:themeColor="background1"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                         <w:lang w:val="en-US"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="00E94633">
                       <w:rPr>
                         <w:color w:val="FFFFFF" w:themeColor="background1"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                       <w:t>Artigo Original</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap type="square"/>
@@ -7403,80 +7793,80 @@
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">                                                            </w:t>
     </w:r>
     <w:r w:rsidR="00B15F61">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">                                        </w:t>
     </w:r>
     <w:r w:rsidR="00C41D41">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">                               </w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:numPicBullet w:numPicBulletId="0">
     <w:pict>
       <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
         <v:stroke joinstyle="miter"/>
         <v:formulas>
           <v:f eqn="if lineDrawn pixelLineWidth 0"/>
           <v:f eqn="sum @0 1 0"/>
           <v:f eqn="sum 0 0 @1"/>
           <v:f eqn="prod @2 1 2"/>
           <v:f eqn="prod @3 21600 pixelWidth"/>
           <v:f eqn="prod @3 21600 pixelHeight"/>
           <v:f eqn="sum @0 0 1"/>
           <v:f eqn="prod @6 1 2"/>
           <v:f eqn="prod @7 21600 pixelWidth"/>
           <v:f eqn="sum @8 21600 0"/>
           <v:f eqn="prod @7 21600 pixelHeight"/>
           <v:f eqn="sum @10 21600 0"/>
         </v:formulas>
         <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
         <o:lock v:ext="edit" aspectratio="t"/>
       </v:shapetype>
-      <v:shape id="_x0000_i1080" type="#_x0000_t75" style="width:375pt;height:140.25pt;visibility:visible;mso-wrap-style:square" o:bullet="t">
+      <v:shape id="_x0000_i1088" type="#_x0000_t75" style="width:375pt;height:140.4pt;visibility:visible;mso-wrap-style:square" o:bullet="t">
         <v:imagedata r:id="rId1" o:title="logo-orcid" croptop="9161f" cropbottom="8457f" cropleft="22544f" cropright="24510f"/>
       </v:shape>
     </w:pict>
   </w:numPicBullet>
   <w:numPicBullet w:numPicBulletId="1">
     <w:pict>
-      <v:shape id="_x0000_i1081" type="#_x0000_t75" style="width:41.25pt;height:15.75pt;visibility:visible;mso-wrap-style:square" o:bullet="t">
+      <v:shape id="_x0000_i1089" type="#_x0000_t75" style="width:41.4pt;height:15.6pt;visibility:visible;mso-wrap-style:square" o:bullet="t">
         <v:imagedata r:id="rId2" o:title="logo-orcid" croptop="9161f" cropbottom="8457f" cropleft="22544f" cropright="24510f"/>
       </v:shape>
     </w:pict>
   </w:numPicBullet>
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1E6C3F70"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F200AD4E"/>
     <w:lvl w:ilvl="0" w:tplc="FD28B3FE">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlPicBulletId w:val="0"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="B646147E" w:tentative="1">
@@ -8467,130 +8857,131 @@
     <w:lvl w:ilvl="7" w:tplc="04160019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0416001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="703214459">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="2000688004">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="261449552">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="1427461416">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="326518165">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="1798405651">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="1221401288">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="1980455925">
     <w:abstractNumId w:val="5"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00974FE0"/>
     <w:rsid w:val="0005657E"/>
     <w:rsid w:val="000A1B9D"/>
     <w:rsid w:val="000B2E8C"/>
     <w:rsid w:val="000D12C5"/>
     <w:rsid w:val="00137CEF"/>
     <w:rsid w:val="001439E3"/>
     <w:rsid w:val="00164FCB"/>
     <w:rsid w:val="001654A2"/>
     <w:rsid w:val="00190871"/>
     <w:rsid w:val="00194907"/>
     <w:rsid w:val="001A2B06"/>
     <w:rsid w:val="001D0390"/>
     <w:rsid w:val="001E012F"/>
     <w:rsid w:val="001F213A"/>
     <w:rsid w:val="00221A0B"/>
     <w:rsid w:val="0024659B"/>
     <w:rsid w:val="00262658"/>
     <w:rsid w:val="0026767D"/>
     <w:rsid w:val="00271C53"/>
     <w:rsid w:val="002A1DC1"/>
     <w:rsid w:val="002D23BC"/>
     <w:rsid w:val="002F3DCE"/>
     <w:rsid w:val="00351E62"/>
     <w:rsid w:val="00370CEB"/>
     <w:rsid w:val="00397BD0"/>
+    <w:rsid w:val="003C6AAB"/>
     <w:rsid w:val="0041728A"/>
     <w:rsid w:val="00437E57"/>
     <w:rsid w:val="00464DC1"/>
     <w:rsid w:val="004904AE"/>
     <w:rsid w:val="004D637B"/>
     <w:rsid w:val="005033E6"/>
     <w:rsid w:val="00524255"/>
     <w:rsid w:val="00543451"/>
     <w:rsid w:val="00545F3E"/>
     <w:rsid w:val="0056239F"/>
     <w:rsid w:val="00566401"/>
     <w:rsid w:val="005A47B5"/>
     <w:rsid w:val="005B061F"/>
     <w:rsid w:val="005E16E1"/>
     <w:rsid w:val="006543D8"/>
     <w:rsid w:val="00684042"/>
     <w:rsid w:val="006B105A"/>
     <w:rsid w:val="006D2E94"/>
     <w:rsid w:val="006D396D"/>
     <w:rsid w:val="006F643F"/>
     <w:rsid w:val="00706B68"/>
     <w:rsid w:val="00741A1F"/>
     <w:rsid w:val="007441CA"/>
     <w:rsid w:val="007966B1"/>
     <w:rsid w:val="007A5505"/>
@@ -8613,115 +9004,118 @@
     <w:rsid w:val="00991A0E"/>
     <w:rsid w:val="009A66E0"/>
     <w:rsid w:val="00A26B37"/>
     <w:rsid w:val="00A50B74"/>
     <w:rsid w:val="00A57832"/>
     <w:rsid w:val="00AB1407"/>
     <w:rsid w:val="00AB7197"/>
     <w:rsid w:val="00AC16CA"/>
     <w:rsid w:val="00AF28E9"/>
     <w:rsid w:val="00B15F61"/>
     <w:rsid w:val="00B60422"/>
     <w:rsid w:val="00B63D9E"/>
     <w:rsid w:val="00BA29DB"/>
     <w:rsid w:val="00BA2BCE"/>
     <w:rsid w:val="00BB775F"/>
     <w:rsid w:val="00BC06E5"/>
     <w:rsid w:val="00BD55D9"/>
     <w:rsid w:val="00BF73FA"/>
     <w:rsid w:val="00C0718C"/>
     <w:rsid w:val="00C14758"/>
     <w:rsid w:val="00C20B6E"/>
     <w:rsid w:val="00C24D99"/>
     <w:rsid w:val="00C32D49"/>
     <w:rsid w:val="00C41152"/>
     <w:rsid w:val="00C41D41"/>
+    <w:rsid w:val="00C51C83"/>
     <w:rsid w:val="00C5756E"/>
     <w:rsid w:val="00C75EAB"/>
     <w:rsid w:val="00C942D0"/>
     <w:rsid w:val="00CB3B1F"/>
     <w:rsid w:val="00D021EB"/>
     <w:rsid w:val="00D07721"/>
     <w:rsid w:val="00D34166"/>
+    <w:rsid w:val="00D67C60"/>
     <w:rsid w:val="00D83675"/>
     <w:rsid w:val="00DE1DBE"/>
     <w:rsid w:val="00E10C5C"/>
     <w:rsid w:val="00E301D4"/>
     <w:rsid w:val="00E60D99"/>
     <w:rsid w:val="00E94633"/>
     <w:rsid w:val="00E979F5"/>
     <w:rsid w:val="00F42EFF"/>
+    <w:rsid w:val="00F65EB7"/>
     <w:rsid w:val="00FB4ABD"/>
     <w:rsid w:val="00FE4D61"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pt-BR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="5423083C"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{B318E0A1-D402-453A-9C5A-96571D015618}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="pt-BR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -9053,50 +9447,51 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:aliases w:val="Corpo de Texto"/>
     <w:qFormat/>
     <w:rsid w:val="006B105A"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:ind w:firstLine="709"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo1Char"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00706B68"/>
     <w:pPr>
       <w:keepNext/>
@@ -10350,55 +10745,83 @@
     <w:basedOn w:val="Corpodetexto"/>
     <w:autoRedefine/>
     <w:qFormat/>
     <w:rsid w:val="00876950"/>
     <w:pPr>
       <w:spacing w:after="0"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="pt-BR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Refdenotaderodap">
     <w:name w:val="footnote reference"/>
     <w:basedOn w:val="Fontepargpadro"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00876950"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="Tabelacomgrade11">
+    <w:name w:val="Tabela com grade11"/>
+    <w:basedOn w:val="Tabelanormal"/>
+    <w:next w:val="Tabelacomgrade"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="003C6AAB"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:firstLine="709"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="pt-BR"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="24449776">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="297223079">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -10454,63 +10877,63 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2026319597">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gilsonvolpato.com.br/pdf/2007%20Volpato%20-%20Como%20escrever%20um%20artigo%20cient__fico%20-%20Academia%20Pernambucana.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by/4.0/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gilsonvolpato.com.br/pdf/2007%20Volpato%20-%20Como%20escrever%20um%20artigo%20cient__fico%20-%20Academia%20Pernambucana.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5007/1518-2924.2019.eXXXX" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5007/1518-2924.2019.eXXXX" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5007/1518-2924.2019.eXXXX" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5007/1518-2924.2019.eXXXX" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/></Relationships>
 </file>
 
 <file path=word/_rels/numbering.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema do Office">
   <a:themeElements>
     <a:clrScheme name="Escritório">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
@@ -10752,79 +11175,79 @@
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C6446A6A-2AAD-4239-9534-C7313A628B29}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>7</Pages>
-  <Words>2174</Words>
-  <Characters>11743</Characters>
+  <Words>2255</Words>
+  <Characters>12180</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>97</Lines>
-  <Paragraphs>27</Paragraphs>
+  <Lines>101</Lines>
+  <Paragraphs>28</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Hewlett-Packard Company</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13890</CharactersWithSpaces>
+  <CharactersWithSpaces>14407</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Juliana</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>