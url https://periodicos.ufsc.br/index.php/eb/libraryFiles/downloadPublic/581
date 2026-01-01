--- v0 (2025-12-12)
+++ v1 (2026-01-01)
@@ -81,61 +81,183 @@
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>ações sempre que possível.</w:t>
       </w:r>
       <w:r w:rsidR="00AB762D">
         <w:rPr>
           <w:rStyle w:val="TtuloCapaChar"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Título diferente das demais obras originadas pelo conjunto de dados</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="72601EFF" w14:textId="77777777" w:rsidR="00E94633" w:rsidRPr="00157FD7" w:rsidRDefault="00E05795" w:rsidP="00C41D41">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="2798" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00157FD7">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Analysis of publication in data journals and open science</w:t>
-      </w:r>
+        <w:t>Analysis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00157FD7">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00157FD7">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00157FD7">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00157FD7">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>publication</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00157FD7">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in data </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00157FD7">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>journals</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00157FD7">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00157FD7">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00157FD7">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> open </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00157FD7">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>science</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="6C91FE91" w14:textId="77777777" w:rsidR="00E94633" w:rsidRPr="00157FD7" w:rsidRDefault="00E94633" w:rsidP="00C41D41">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="2798" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="37DFEA1A" w14:textId="77777777" w:rsidR="00E301D4" w:rsidRPr="00E94633" w:rsidRDefault="00D34166" w:rsidP="007966B1">
       <w:pPr>
         <w:pStyle w:val="Autores"/>
       </w:pPr>
       <w:r>
         <w:t>Campo para autor não preencher</w:t>
       </w:r>
       <w:r w:rsidR="00E301D4" w:rsidRPr="00E94633">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E94633" w:rsidRPr="00E94633">
@@ -326,51 +448,51 @@
       </w:r>
       <w:r w:rsidRPr="00E94633">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>A lista completa com informações dos autores está no final do artigo</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="pt-BR" w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="574F468F" wp14:editId="1752C0A8">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="574F468F" wp14:editId="14F2C23B">
             <wp:extent cx="114300" cy="121920"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="204" name="Picture 204"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 18"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId9" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
@@ -493,52 +615,62 @@
         </w:rPr>
         <w:t>O resumo deve descreve</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="ItemResumoChar"/>
           <w:b w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>r o processo de coleta de dados</w:t>
       </w:r>
       <w:r w:rsidRPr="00E05795">
         <w:rPr>
           <w:rStyle w:val="ItemResumoChar"/>
           <w:b w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>, a análise realizada, os dados e seu potencial de reutilização. Não deve</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="ItemResumoChar"/>
           <w:b w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>m ser fornecido</w:t>
-      </w:r>
+        <w:t xml:space="preserve">m ser </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ItemResumoChar"/>
+          <w:b w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>fornecido</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00E05795">
         <w:rPr>
           <w:rStyle w:val="ItemResumoChar"/>
           <w:b w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> conclusões </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="ItemResumoChar"/>
           <w:b w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">resultados </w:t>
       </w:r>
       <w:r w:rsidRPr="00E05795">
         <w:rPr>
           <w:rStyle w:val="ItemResumoChar"/>
           <w:b w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>ou interpreta</w:t>
       </w:r>
       <w:r>
@@ -1886,59 +2018,61 @@
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:ind w:firstLine="29"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00771E06">
               <w:rPr>
                 <w:rStyle w:val="notranslate"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Liste os tipos de dados que este artigo descreve.</w:t>
             </w:r>
             <w:r w:rsidRPr="00771E06">
               <w:rPr>
                 <w:rStyle w:val="notranslate"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00BB5C13" w:rsidRPr="00771E06">
               <w:rPr>
                 <w:rStyle w:val="notranslate"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>ex</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00771E06">
               <w:rPr>
                 <w:rStyle w:val="notranslate"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0DA4F394" w14:textId="77777777" w:rsidR="00767A48" w:rsidRPr="00771E06" w:rsidRDefault="00767A48" w:rsidP="00BB5C13">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rStyle w:val="notranslate"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
@@ -2984,57 +3118,67 @@
               <w:rPr>
                 <w:rStyle w:val="notranslate"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">se estão hospedados </w:t>
             </w:r>
             <w:r w:rsidRPr="00771E06">
               <w:rPr>
                 <w:rStyle w:val="notranslate"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>em um repositório público.</w:t>
             </w:r>
             <w:r w:rsidRPr="00771E06">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00BB5C13" w:rsidRPr="00771E06">
               <w:rPr>
                 <w:rStyle w:val="notranslate"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>Ex:</w:t>
+              <w:t>Ex</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00BB5C13" w:rsidRPr="00771E06">
+              <w:rPr>
+                <w:rStyle w:val="notranslate"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7CA4E88C" w14:textId="77777777" w:rsidR="00767A48" w:rsidRPr="00771E06" w:rsidRDefault="00767A48" w:rsidP="00BB5C13">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:ind w:firstLine="29"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00771E06">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5D7A48E8" w14:textId="77777777" w:rsidR="00767A48" w:rsidRPr="00771E06" w:rsidRDefault="00767A48" w:rsidP="00BB5C13">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
@@ -3710,51 +3854,67 @@
           <w:bCs/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BB5C13">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:bCs/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t>aqui o artigo de pesquisa associado</w:t>
       </w:r>
       <w:r w:rsidRPr="00BB5C13">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00E305AC">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Utilize o segundo exemplo de referência listado para datasets. </w:t>
+        <w:t xml:space="preserve"> Utilize o segundo exemplo de referência listado para </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E305AC">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>datasets</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E305AC">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4290F8E6" w14:textId="77777777" w:rsidR="00D83675" w:rsidRPr="00BB5C13" w:rsidRDefault="00BB5C13" w:rsidP="00BB5C13">
       <w:pPr>
         <w:spacing w:after="200" w:line="253" w:lineRule="atLeast"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BB5C13">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:iCs/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t>Estilo de referência</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:iCs/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
@@ -3824,51 +3984,59 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="50A46F9A" w14:textId="77777777" w:rsidR="0026767D" w:rsidRPr="008F0A26" w:rsidRDefault="0026767D" w:rsidP="00397BD0">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">ANDRADE, Márcio. </w:t>
       </w:r>
       <w:r w:rsidRPr="0026767D">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Estudo de genes em ratos albinos na América Latina</w:t>
       </w:r>
       <w:r>
-        <w:t>. OSF [dataset], 2018. ASM0000v1. Disponível em: http://dx.doi.org/10.1590/0123-45620187214. Acesso em: 20 mar. 2019.</w:t>
+        <w:t>. OSF [</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>dataset</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>], 2018. ASM0000v1. Disponível em: http://dx.doi.org/10.1590/0123-45620187214. Acesso em: 20 mar. 2019.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F5A39E4" w14:textId="77777777" w:rsidR="00397BD0" w:rsidRDefault="00397BD0" w:rsidP="00397BD0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="536BBC97" w14:textId="77777777" w:rsidR="00397BD0" w:rsidRPr="008F0A26" w:rsidRDefault="00397BD0" w:rsidP="00397BD0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008F0A26">
         <w:rPr>
@@ -3919,51 +4087,67 @@
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="07CBB4E0" w14:textId="77777777" w:rsidR="00397BD0" w:rsidRPr="008F0A26" w:rsidRDefault="00397BD0" w:rsidP="00397BD0">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008F0A26">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">BAVARESCO, Agemir; BARBOSA, Evandro; ETCHEVERRY, Katia Martin (org.). </w:t>
+        <w:t xml:space="preserve">BAVARESCO, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F0A26">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Agemir</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F0A26">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; BARBOSA, Evandro; ETCHEVERRY, Katia Martin (org.). </w:t>
       </w:r>
       <w:r w:rsidRPr="008F0A26">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Projetos de filosofia</w:t>
       </w:r>
       <w:r w:rsidRPr="008F0A26">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. Porto Alegre: EDIPUCRS, 2011</w:t>
       </w:r>
       <w:r w:rsidRPr="008F0A26">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. E-book</w:t>
@@ -3986,51 +4170,83 @@
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="285B7FB2" w14:textId="77777777" w:rsidR="00397BD0" w:rsidRPr="008F0A26" w:rsidRDefault="00397BD0" w:rsidP="00397BD0">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008F0A26">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">BENNETTON, M. J. Terapia ocupacional e reabilitação psicossocial: uma relação pos sível. </w:t>
+        <w:t xml:space="preserve">BENNETTON, M. J. Terapia ocupacional e reabilitação psicossocial: uma relação </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F0A26">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F0A26">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F0A26">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sível</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F0A26">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="008F0A26">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Revista de Terapia Ocupacional da Universidade de São Paulo</w:t>
       </w:r>
       <w:r w:rsidRPr="008F0A26">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, São Paulo, v. 4, n. 3, p. 11-16, mar. 1993.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="593E9DAA" w14:textId="77777777" w:rsidR="00397BD0" w:rsidRDefault="00397BD0" w:rsidP="00397BD0">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
@@ -4153,150 +4369,229 @@
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="486A5236" w14:textId="77777777" w:rsidR="00397BD0" w:rsidRPr="008F0A26" w:rsidRDefault="00397BD0" w:rsidP="00397BD0">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008F0A26">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">FERREIRA, Léslie Piccolotto (org.). </w:t>
+        <w:t xml:space="preserve">FERREIRA, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F0A26">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Léslie</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F0A26">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F0A26">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Piccolotto</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F0A26">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (org.). </w:t>
       </w:r>
       <w:r w:rsidRPr="008F0A26">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>O fonoaudiólogo e a escola</w:t>
       </w:r>
       <w:r w:rsidRPr="008F0A26">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>. São Paulo: Summus, 1991.</w:t>
+        <w:t xml:space="preserve">. São Paulo: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008F0A26">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Summus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008F0A26">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, 1991.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="31E0CD71" w14:textId="77777777" w:rsidR="00397BD0" w:rsidRDefault="00397BD0" w:rsidP="00397BD0">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="18362A24" w14:textId="77777777" w:rsidR="00397BD0" w:rsidRPr="00A36D43" w:rsidRDefault="00266AE5" w:rsidP="00F317F4">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F317F4">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FDFDFD"/>
         </w:rPr>
         <w:t>ROA-MARTÍNEZ, Sandra M.; VIDOTTI, Silvana A. B; </w:t>
       </w:r>
       <w:r w:rsidRPr="00A36D43">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FDFDFD"/>
         </w:rPr>
-        <w:t>SANTANA, Ricardo C</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">SANTANA, Ricardo </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A36D43">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FDFDFD"/>
         </w:rPr>
-        <w:t>..</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00F317F4">
+        <w:t>C</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FDFDFD"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Estrutura proposta do artigo como publicação científica. </w:t>
-      </w:r>
+        <w:t>..</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00F317F4">
         <w:rPr>
-          <w:rStyle w:val="Forte"/>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FDFDFD"/>
         </w:rPr>
-        <w:t>Revista Espanhola de Documentação Científica</w:t>
+        <w:t xml:space="preserve"> Estrutura proposta do artigo como publicação científica. </w:t>
       </w:r>
       <w:r w:rsidRPr="00F317F4">
         <w:rPr>
+          <w:rStyle w:val="Forte"/>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FDFDFD"/>
         </w:rPr>
-        <w:t>, [Sl], v. 40, n. 1, p. e167, mar. </w:t>
+        <w:t>Revista Espanhola de Documentação Científica</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F317F4">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FDFDFD"/>
+        </w:rPr>
+        <w:t>, [</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F317F4">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FDFDFD"/>
+        </w:rPr>
+        <w:t>Sl</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F317F4">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FDFDFD"/>
+        </w:rPr>
+        <w:t>], v. 40, n. 1, p. e167, mar. </w:t>
       </w:r>
       <w:r w:rsidRPr="00A36D43">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FDFDFD"/>
         </w:rPr>
         <w:t>2017</w:t>
       </w:r>
       <w:r w:rsidRPr="00F317F4">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FDFDFD"/>
         </w:rPr>
         <w:t xml:space="preserve">. Disponível em: </w:t>
       </w:r>
       <w:hyperlink r:id="rId12" w:tgtFrame="_new" w:history="1">
         <w:r w:rsidRPr="00F317F4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
             <w:color w:val="53608A"/>
@@ -4410,86 +4705,415 @@
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="34" w:firstLine="0"/>
         <w:suppressOverlap/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="127825F2" w14:textId="77777777" w:rsidR="002A1DC1" w:rsidRDefault="002A1DC1" w:rsidP="002A1DC1">
       <w:pPr>
         <w:ind w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Espaço designado para inserir os dados de autoria. Os dados de autoria devem ser submetidos no mesmo momento da submissão do </w:t>
       </w:r>
       <w:r w:rsidR="00BB5C13">
         <w:t>artigo</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> como documento suplementar. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26546B9D" w14:textId="77777777" w:rsidR="00D83675" w:rsidRPr="006B105A" w:rsidRDefault="00D83675" w:rsidP="00E979F5">
+    <w:p w14:paraId="26546B9D" w14:textId="77777777" w:rsidR="00D83675" w:rsidRDefault="00D83675" w:rsidP="00E979F5">
       <w:pPr>
         <w:ind w:firstLine="0"/>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00D83675" w:rsidRPr="006B105A" w:rsidSect="007966B1">
-[...5 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId19"/>
+    <w:p w14:paraId="001A5623" w14:textId="77777777" w:rsidR="00B36DC5" w:rsidRDefault="00B36DC5" w:rsidP="00E979F5">
+      <w:pPr>
+        <w:ind w:firstLine="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4A37DEE8" w14:textId="77777777" w:rsidR="00B36DC5" w:rsidRDefault="00B36DC5" w:rsidP="00E979F5">
+      <w:pPr>
+        <w:ind w:firstLine="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="32DC7B43" w14:textId="77777777" w:rsidR="00B36DC5" w:rsidRDefault="00B36DC5" w:rsidP="00E979F5">
+      <w:pPr>
+        <w:ind w:firstLine="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="52C941A6" w14:textId="77777777" w:rsidR="00B36DC5" w:rsidRDefault="00B36DC5" w:rsidP="00E979F5">
+      <w:pPr>
+        <w:ind w:firstLine="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2874B4CF" w14:textId="77777777" w:rsidR="00B36DC5" w:rsidRDefault="00B36DC5" w:rsidP="00E979F5">
+      <w:pPr>
+        <w:ind w:firstLine="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="33AC5EAE" w14:textId="77777777" w:rsidR="00B36DC5" w:rsidRDefault="00B36DC5" w:rsidP="00E979F5">
+      <w:pPr>
+        <w:ind w:firstLine="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="32A727B8" w14:textId="77777777" w:rsidR="00B36DC5" w:rsidRDefault="00B36DC5" w:rsidP="00E979F5">
+      <w:pPr>
+        <w:ind w:firstLine="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3C1E0652" w14:textId="77777777" w:rsidR="00B36DC5" w:rsidRDefault="00B36DC5" w:rsidP="00E979F5">
+      <w:pPr>
+        <w:ind w:firstLine="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="045737BC" w14:textId="77777777" w:rsidR="00B36DC5" w:rsidRDefault="00B36DC5" w:rsidP="00E979F5">
+      <w:pPr>
+        <w:ind w:firstLine="0"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Tabelacomgrade11"/>
+        <w:tblW w:w="10637" w:type="dxa"/>
+        <w:tblInd w:w="-147" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7518"/>
+        <w:gridCol w:w="3119"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00B36DC5" w:rsidRPr="00070A97" w14:paraId="6C296517" w14:textId="77777777" w:rsidTr="005E114B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7518" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="65C9339F" w14:textId="77777777" w:rsidR="00B36DC5" w:rsidRPr="00070A97" w:rsidRDefault="00B36DC5" w:rsidP="005E114B">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="0" w:name="_Hlk217055294"/>
+            <w:r w:rsidRPr="00070A97">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Copyright (c) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C6AAB">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>[ANO]</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00070A97">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C6AAB">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>[AUTOR1, AUTOR2, AUTOR3]</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C6AAB">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00070A97">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Este trabalho está licenciado sob uma licença </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00070A97">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Creative</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00070A97">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Commons </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00070A97">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Attribuição</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00070A97">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 4.0 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00070A97">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Internactional</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00070A97">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. Autores mantêm os direitos autorais e concedem à revista o direito de primeira publicação, com o trabalho licenciado sob a </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r w:rsidRPr="00070A97">
+                <w:rPr>
+                  <w:color w:val="0000FF"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Licença </w:t>
+              </w:r>
+              <w:proofErr w:type="spellStart"/>
+              <w:r w:rsidRPr="00070A97">
+                <w:rPr>
+                  <w:color w:val="0000FF"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t>Creative</w:t>
+              </w:r>
+              <w:proofErr w:type="spellEnd"/>
+              <w:r w:rsidRPr="00070A97">
+                <w:rPr>
+                  <w:color w:val="0000FF"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> Commons </w:t>
+              </w:r>
+              <w:proofErr w:type="spellStart"/>
+              <w:r w:rsidRPr="00070A97">
+                <w:rPr>
+                  <w:color w:val="0000FF"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t>Attribution</w:t>
+              </w:r>
+              <w:proofErr w:type="spellEnd"/>
+              <w:r w:rsidRPr="00070A97">
+                <w:rPr>
+                  <w:color w:val="0000FF"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> (CC BY 4.0)</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00070A97">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>, que permite o compartilhamento do trabalho com reconhecimento da autoria. Os artigos são de acesso aberto e uso gratuito.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="72CE3738" w14:textId="77777777" w:rsidR="00B36DC5" w:rsidRPr="00070A97" w:rsidRDefault="00B36DC5" w:rsidP="005E114B">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="456" w:firstLine="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00070A97">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0B18060A" wp14:editId="33AC69A7">
+                  <wp:extent cx="1411210" cy="510540"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="3810"/>
+                  <wp:docPr id="4" name="Imagem 4"/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="0" name="Picture 2"/>
+                          <pic:cNvPicPr>
+                            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                          </pic:cNvPicPr>
+                        </pic:nvPicPr>
+                        <pic:blipFill rotWithShape="1">
+                          <a:blip r:embed="rId15">
+                            <a:extLst>
+                              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                              </a:ext>
+                            </a:extLst>
+                          </a:blip>
+                          <a:srcRect l="11163" t="24431" r="10964" b="24790"/>
+                          <a:stretch/>
+                        </pic:blipFill>
+                        <pic:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="1422655" cy="514680"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:noFill/>
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:extLst>
+                            <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
+                              <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                            </a:ext>
+                          </a:extLst>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:bookmarkEnd w:id="0"/>
+    </w:tbl>
+    <w:p w14:paraId="617D1538" w14:textId="77777777" w:rsidR="00B36DC5" w:rsidRDefault="00B36DC5" w:rsidP="00E979F5">
+      <w:pPr>
+        <w:ind w:firstLine="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="28231AD5" w14:textId="77777777" w:rsidR="00B36DC5" w:rsidRPr="006B105A" w:rsidRDefault="00B36DC5" w:rsidP="00E979F5">
+      <w:pPr>
+        <w:ind w:firstLine="0"/>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00B36DC5" w:rsidRPr="006B105A" w:rsidSect="007966B1">
+      <w:headerReference w:type="even" r:id="rId16"/>
+      <w:headerReference w:type="default" r:id="rId17"/>
+      <w:footerReference w:type="even" r:id="rId18"/>
+      <w:footerReference w:type="default" r:id="rId19"/>
+      <w:headerReference w:type="first" r:id="rId20"/>
+      <w:footerReference w:type="first" r:id="rId21"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1701" w:left="1134" w:header="576" w:footer="677" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="72F37ECE" w14:textId="77777777" w:rsidR="000941C4" w:rsidRDefault="000941C4" w:rsidP="00974FE0">
+    <w:p w14:paraId="2C960B51" w14:textId="77777777" w:rsidR="00924C70" w:rsidRDefault="00924C70" w:rsidP="00974FE0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="026F17DA" w14:textId="77777777" w:rsidR="000941C4" w:rsidRDefault="000941C4" w:rsidP="00974FE0">
+    <w:p w14:paraId="25F9EAA0" w14:textId="77777777" w:rsidR="00924C70" w:rsidRDefault="00924C70" w:rsidP="00974FE0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -4499,58 +5123,58 @@
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Black">
     <w:panose1 w:val="020B0A04020102020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002AF" w:usb1="400078FB" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Batang">
@@ -4665,100 +5289,114 @@
                                 <a:miter lim="800000"/>
                                 <a:headEnd/>
                                 <a:tailEnd/>
                               </a:ln>
                             </wps:spPr>
                             <wps:txbx>
                               <w:txbxContent>
                                 <w:p w14:paraId="4A1F9492" w14:textId="77777777" w:rsidR="009E481D" w:rsidRDefault="005343BB" w:rsidP="005343BB">
                                   <w:pPr>
                                     <w:spacing w:line="276" w:lineRule="auto"/>
                                     <w:ind w:firstLine="0"/>
                                     <w:rPr>
                                       <w:rFonts w:cs="Arial"/>
                                       <w:sz w:val="16"/>
                                       <w:szCs w:val="16"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r w:rsidRPr="00804EE9">
                                     <w:rPr>
                                       <w:rFonts w:cs="Arial"/>
                                       <w:b/>
                                       <w:bCs/>
                                       <w:sz w:val="16"/>
                                       <w:szCs w:val="16"/>
                                     </w:rPr>
-                                    <w:t>Encontros Bibli</w:t>
+                                    <w:t xml:space="preserve">Encontros </w:t>
                                   </w:r>
+                                  <w:proofErr w:type="spellStart"/>
+                                  <w:r w:rsidRPr="00804EE9">
+                                    <w:rPr>
+                                      <w:rFonts w:cs="Arial"/>
+                                      <w:b/>
+                                      <w:bCs/>
+                                      <w:sz w:val="16"/>
+                                      <w:szCs w:val="16"/>
+                                    </w:rPr>
+                                    <w:t>Bibli</w:t>
+                                  </w:r>
+                                  <w:proofErr w:type="spellEnd"/>
                                   <w:r w:rsidRPr="00804EE9">
                                     <w:rPr>
                                       <w:rFonts w:cs="Arial"/>
                                       <w:sz w:val="16"/>
                                       <w:szCs w:val="16"/>
                                     </w:rPr>
                                     <w:t>,</w:t>
                                   </w:r>
                                   <w:r>
                                     <w:rPr>
                                       <w:rFonts w:cs="Arial"/>
                                       <w:sz w:val="16"/>
                                       <w:szCs w:val="16"/>
                                     </w:rPr>
                                     <w:t xml:space="preserve"> Florianópolis</w:t>
                                   </w:r>
                                   <w:r w:rsidRPr="00190871">
                                     <w:rPr>
                                       <w:rFonts w:cs="Arial"/>
                                       <w:sz w:val="16"/>
                                       <w:szCs w:val="16"/>
                                     </w:rPr>
                                     <w:t xml:space="preserve">, v. 23, </w:t>
                                   </w:r>
                                   <w:r>
                                     <w:rPr>
                                       <w:rFonts w:cs="Arial"/>
                                       <w:sz w:val="16"/>
                                       <w:szCs w:val="16"/>
                                     </w:rPr>
                                     <w:t>2023</w:t>
                                   </w:r>
                                   <w:r w:rsidR="00356DE5">
                                     <w:rPr>
                                       <w:rFonts w:cs="Arial"/>
                                       <w:sz w:val="16"/>
                                       <w:szCs w:val="16"/>
                                     </w:rPr>
                                     <w:t xml:space="preserve">: </w:t>
                                   </w:r>
+                                  <w:proofErr w:type="spellStart"/>
                                   <w:r w:rsidR="00356DE5" w:rsidRPr="00356DE5">
                                     <w:rPr>
                                       <w:rFonts w:cs="Arial"/>
                                       <w:sz w:val="16"/>
                                       <w:szCs w:val="16"/>
                                     </w:rPr>
                                     <w:t>eXXXX</w:t>
                                   </w:r>
+                                  <w:proofErr w:type="spellEnd"/>
                                   <w:r w:rsidRPr="00190871">
                                     <w:rPr>
                                       <w:rFonts w:cs="Arial"/>
                                       <w:sz w:val="16"/>
                                       <w:szCs w:val="16"/>
                                     </w:rPr>
                                     <w:t xml:space="preserve"> </w:t>
                                   </w:r>
                                 </w:p>
                                 <w:p w14:paraId="6E0A4217" w14:textId="77777777" w:rsidR="009E481D" w:rsidRPr="008E2685" w:rsidRDefault="005343BB" w:rsidP="005343BB">
                                   <w:pPr>
                                     <w:spacing w:line="276" w:lineRule="auto"/>
                                     <w:ind w:firstLine="0"/>
                                     <w:rPr>
                                       <w:rFonts w:cs="Arial"/>
                                       <w:sz w:val="16"/>
                                       <w:szCs w:val="16"/>
                                       <w:lang w:val="en-US"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r w:rsidRPr="00190871">
                                     <w:rPr>
                                       <w:rFonts w:cs="Arial"/>
                                       <w:sz w:val="16"/>
                                       <w:szCs w:val="16"/>
@@ -4838,100 +5476,114 @@
                     <v:shapetype w14:anchorId="700503D2" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                       <v:stroke joinstyle="miter"/>
                       <v:path gradientshapeok="t" o:connecttype="rect"/>
                     </v:shapetype>
                     <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:36.3pt;margin-top:10.9pt;width:278.25pt;height:39pt;z-index:-251640832;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCCZsxnDgIAAPYDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO2yAQfa/Uf0C8N3YubjZWnNU221SV&#10;thdp2w/AGMeowFAgsdOv3wFns9H2rSoPaIYZDjNnDuvbQStyFM5LMBWdTnJKhOHQSLOv6M8fu3c3&#10;lPjATMMUGFHRk/D0dvP2zbq3pZhBB6oRjiCI8WVvK9qFYMss87wTmvkJWGEw2ILTLKDr9lnjWI/o&#10;WmWzPH+f9eAa64AL7/H0fgzSTcJvW8HDt7b1IhBVUawtpN2lvY57tlmzcu+Y7SQ/l8H+oQrNpMFH&#10;L1D3LDBycPIvKC25Aw9tmHDQGbSt5CL1gN1M81fdPHbMitQLkuPthSb//2D51+Oj/e5IGD7AgANM&#10;TXj7APyXJwa2HTN7cecc9J1gDT48jZRlvfXl+Wqk2pc+gtT9F2hwyOwQIAENrdORFeyTIDoO4HQh&#10;XQyBcDycF/P5cllQwjG2WBXzPE0lY+Xzbet8+CRAk2hU1OFQEzo7PvgQq2Hlc0p8zIOSzU4qlRy3&#10;r7fKkSNDAezSSg28SlOG9BVdFbMiIRuI95M2tAwoUCV1RW/yuEbJRDY+mialBCbVaGMlypzpiYyM&#10;3IShHjAx0lRDc0KiHIxCxI+DRgfuDyU9irCi/veBOUGJ+myQ7NV0sYiqTc6iWM7QcdeR+jrCDEeo&#10;igZKRnMbktIjDwbucCitTHy9VHKuFcWVaDx/hKjeaz9lvXzXzRMAAAD//wMAUEsDBBQABgAIAAAA&#10;IQCdqVHo3QAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NboMwEITvlfoO1kbqpWoMqIVAWaK2&#10;Uqte8/MABm8ABdsIO4G8fben9jia0cw35XYxg7jS5HtnEeJ1BIJs43RvW4Tj4fNpA8IHZbUanCWE&#10;G3nYVvd3pSq0m+2OrvvQCi6xvlAIXQhjIaVvOjLKr91Ilr2Tm4wKLKdW6knNXG4GmURRKo3qLS90&#10;aqSPjprz/mIQTt/z40s+11/hmO2e03fVZ7W7IT6slrdXEIGW8BeGX3xGh4qZanex2osBIUtSTiIk&#10;MT9gP03yGESNkOcbkFUp/x+ofgAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAA&#10;AJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCCZsxnDgIA&#10;APYDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCdqVHo&#10;3QAAAAgBAAAPAAAAAAAAAAAAAAAAAGgEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA&#10;cgUAAAAA&#10;" stroked="f">
                       <v:textbox>
                         <w:txbxContent>
                           <w:p w14:paraId="4A1F9492" w14:textId="77777777" w:rsidR="009E481D" w:rsidRDefault="005343BB" w:rsidP="005343BB">
                             <w:pPr>
                               <w:spacing w:line="276" w:lineRule="auto"/>
                               <w:ind w:firstLine="0"/>
                               <w:rPr>
                                 <w:rFonts w:cs="Arial"/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00804EE9">
                               <w:rPr>
                                 <w:rFonts w:cs="Arial"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
-                              <w:t>Encontros Bibli</w:t>
+                              <w:t xml:space="preserve">Encontros </w:t>
                             </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r w:rsidRPr="00804EE9">
+                              <w:rPr>
+                                <w:rFonts w:cs="Arial"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
+                              </w:rPr>
+                              <w:t>Bibli</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
                             <w:r w:rsidRPr="00804EE9">
                               <w:rPr>
                                 <w:rFonts w:cs="Arial"/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                               <w:t>,</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:cs="Arial"/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> Florianópolis</w:t>
                             </w:r>
                             <w:r w:rsidRPr="00190871">
                               <w:rPr>
                                 <w:rFonts w:cs="Arial"/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                               <w:t xml:space="preserve">, v. 23, </w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:cs="Arial"/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                               <w:t>2023</w:t>
                             </w:r>
                             <w:r w:rsidR="00356DE5">
                               <w:rPr>
                                 <w:rFonts w:cs="Arial"/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                               <w:t xml:space="preserve">: </w:t>
                             </w:r>
+                            <w:proofErr w:type="spellStart"/>
                             <w:r w:rsidR="00356DE5" w:rsidRPr="00356DE5">
                               <w:rPr>
                                 <w:rFonts w:cs="Arial"/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                               <w:t>eXXXX</w:t>
                             </w:r>
+                            <w:proofErr w:type="spellEnd"/>
                             <w:r w:rsidRPr="00190871">
                               <w:rPr>
                                 <w:rFonts w:cs="Arial"/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="6E0A4217" w14:textId="77777777" w:rsidR="009E481D" w:rsidRPr="008E2685" w:rsidRDefault="005343BB" w:rsidP="005343BB">
                             <w:pPr>
                               <w:spacing w:line="276" w:lineRule="auto"/>
                               <w:ind w:firstLine="0"/>
                               <w:rPr>
                                 <w:rFonts w:cs="Arial"/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00190871">
                               <w:rPr>
                                 <w:rFonts w:cs="Arial"/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
@@ -5327,92 +5979,106 @@
                         <a:miter lim="800000"/>
                         <a:headEnd/>
                         <a:tailEnd/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
                         <w:p w14:paraId="280C494F" w14:textId="77777777" w:rsidR="009E481D" w:rsidRDefault="009E481D" w:rsidP="009E481D">
                           <w:pPr>
                             <w:spacing w:line="276" w:lineRule="auto"/>
                             <w:ind w:firstLine="0"/>
                             <w:rPr>
                               <w:rFonts w:cs="Arial"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="00804EE9">
                             <w:rPr>
                               <w:rFonts w:cs="Arial"/>
                               <w:b/>
                               <w:bCs/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
-                            <w:t>Encontros Bibli</w:t>
+                            <w:t xml:space="preserve">Encontros </w:t>
                           </w:r>
+                          <w:proofErr w:type="spellStart"/>
+                          <w:r w:rsidRPr="00804EE9">
+                            <w:rPr>
+                              <w:rFonts w:cs="Arial"/>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t>Bibli</w:t>
+                          </w:r>
+                          <w:proofErr w:type="spellEnd"/>
                           <w:r w:rsidRPr="00804EE9">
                             <w:rPr>
                               <w:rFonts w:cs="Arial"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                             <w:t>,</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:cs="Arial"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> Florianópolis</w:t>
                           </w:r>
                           <w:r w:rsidRPr="00190871">
                             <w:rPr>
                               <w:rFonts w:cs="Arial"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                             <w:t xml:space="preserve">, v. 23, </w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:cs="Arial"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                             <w:t xml:space="preserve">2023: </w:t>
                           </w:r>
+                          <w:proofErr w:type="spellStart"/>
                           <w:r w:rsidRPr="00356DE5">
                             <w:rPr>
                               <w:rFonts w:cs="Arial"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                             <w:t>eXXXX</w:t>
                           </w:r>
+                          <w:proofErr w:type="spellEnd"/>
                           <w:r w:rsidRPr="00190871">
                             <w:rPr>
                               <w:rFonts w:cs="Arial"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
                         </w:p>
                         <w:p w14:paraId="7A651F48" w14:textId="77777777" w:rsidR="009E481D" w:rsidRPr="009E481D" w:rsidRDefault="009E481D" w:rsidP="009E481D">
                           <w:pPr>
                             <w:spacing w:line="276" w:lineRule="auto"/>
                             <w:ind w:firstLine="0"/>
                             <w:rPr>
                               <w:rFonts w:cs="Arial"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                               <w:lang w:val="en-US"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="00190871">
                             <w:rPr>
                               <w:rFonts w:cs="Arial"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
@@ -5492,92 +6158,106 @@
             <v:shapetype w14:anchorId="306CD919" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="_x0000_s1028" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:35.2pt;margin-top:-9.1pt;width:278.25pt;height:39pt;z-index:-251637760;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDnkeTXEgIAAP0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO2yAQfa/Uf0C8N3YubjZWyGqbbapK&#10;24u07QdgjGNUzFAgsdOv3wFns9H2rSoPiGFmDjNnDuvbodPkKJ1XYBidTnJKpBFQK7Nn9OeP3bsb&#10;SnzgpuYajGT0JD293bx9s+5tKWfQgq6lIwhifNlbRtsQbJllXrSy434CVhp0NuA6HtB0+6x2vEf0&#10;TmezPH+f9eBq60BI7/H2fnTSTcJvGinCt6bxMhDNKNYW0u7SXsU926x5uXfctkqcy+D/UEXHlcFH&#10;L1D3PHBycOovqE4JBx6aMBHQZdA0SsjUA3YzzV9189hyK1MvSI63F5r8/4MVX4+P9rsjYfgAAw4w&#10;NeHtA4hfnhjYttzs5Z1z0LeS1/jwNFKW9daX59RItS99BKn6L1DjkPkhQAIaGtdFVrBPgug4gNOF&#10;dDkEIvByXszny2VBiUDfYlXM8zSVjJfP2db58ElCR+KBUYdDTej8+OBDrIaXzyHxMQ9a1TuldTLc&#10;vtpqR44cBbBLKzXwKkwb0jO6KmZFQjYQ85M2OhVQoFp1jN7kcY2SiWx8NHUKCVzp8YyVaHOmJzIy&#10;chOGaiCqZnQWcyNbFdQn5MvBqEf8P3howf2hpEctMup/H7iTlOjPBjlfTReLKN5kLIrlDA137amu&#10;PdwIhGI0UDIetyEJPtJh4A5n06hE20sl55JRY4nN83+IIr62U9TLr908AQAA//8DAFBLAwQUAAYA&#10;CAAAACEAti4hTN4AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPy07DMBBF90j8gzVIbFDrNGrz&#10;IpMKkEBsW/oBTjxNIuJxFLtN+veYFSxH9+jeM+V+MYO40uR6ywibdQSCuLG65xbh9PW+ykA4r1ir&#10;wTIh3MjBvrq/K1Wh7cwHuh59K0IJu0IhdN6PhZSu6cgot7YjccjOdjLKh3NqpZ7UHMrNIOMoSqRR&#10;PYeFTo301lHzfbwYhPPn/LTL5/rDn9LDNnlVfVrbG+Ljw/LyDMLT4v9g+NUP6lAFp9peWDsxIKTR&#10;NpAIq00WgwhAEic5iBphl2cgq1L+/6D6AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAOeR&#10;5NcSAgAA/QMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;ALYuIUzeAAAACQEAAA8AAAAAAAAAAAAAAAAAbAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAAB3BQAAAAA=&#10;" stroked="f">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="280C494F" w14:textId="77777777" w:rsidR="009E481D" w:rsidRDefault="009E481D" w:rsidP="009E481D">
                     <w:pPr>
                       <w:spacing w:line="276" w:lineRule="auto"/>
                       <w:ind w:firstLine="0"/>
                       <w:rPr>
                         <w:rFonts w:cs="Arial"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="00804EE9">
                       <w:rPr>
                         <w:rFonts w:cs="Arial"/>
                         <w:b/>
                         <w:bCs/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
-                      <w:t>Encontros Bibli</w:t>
+                      <w:t xml:space="preserve">Encontros </w:t>
                     </w:r>
+                    <w:proofErr w:type="spellStart"/>
+                    <w:r w:rsidRPr="00804EE9">
+                      <w:rPr>
+                        <w:rFonts w:cs="Arial"/>
+                        <w:b/>
+                        <w:bCs/>
+                        <w:sz w:val="16"/>
+                        <w:szCs w:val="16"/>
+                      </w:rPr>
+                      <w:t>Bibli</w:t>
+                    </w:r>
+                    <w:proofErr w:type="spellEnd"/>
                     <w:r w:rsidRPr="00804EE9">
                       <w:rPr>
                         <w:rFonts w:cs="Arial"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                       <w:t>,</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:cs="Arial"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> Florianópolis</w:t>
                     </w:r>
                     <w:r w:rsidRPr="00190871">
                       <w:rPr>
                         <w:rFonts w:cs="Arial"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                       <w:t xml:space="preserve">, v. 23, </w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:cs="Arial"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                       <w:t xml:space="preserve">2023: </w:t>
                     </w:r>
+                    <w:proofErr w:type="spellStart"/>
                     <w:r w:rsidRPr="00356DE5">
                       <w:rPr>
                         <w:rFonts w:cs="Arial"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                       <w:t>eXXXX</w:t>
                     </w:r>
+                    <w:proofErr w:type="spellEnd"/>
                     <w:r w:rsidRPr="00190871">
                       <w:rPr>
                         <w:rFonts w:cs="Arial"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
                   </w:p>
                   <w:p w14:paraId="7A651F48" w14:textId="77777777" w:rsidR="009E481D" w:rsidRPr="009E481D" w:rsidRDefault="009E481D" w:rsidP="009E481D">
                     <w:pPr>
                       <w:spacing w:line="276" w:lineRule="auto"/>
                       <w:ind w:firstLine="0"/>
                       <w:rPr>
                         <w:rFonts w:cs="Arial"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                         <w:lang w:val="en-US"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="00190871">
                       <w:rPr>
                         <w:rFonts w:cs="Arial"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
@@ -5714,85 +6394,93 @@
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="00E979F5" w:rsidRPr="00974FE0">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="50B37C8E" w14:textId="12855DA9" w:rsidR="00B15F61" w:rsidRDefault="00B15F61" w:rsidP="002D23BC">
     <w:pPr>
       <w:pStyle w:val="Rodap"/>
       <w:spacing w:line="276" w:lineRule="auto"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="37C795F3" w14:textId="77777777" w:rsidR="000941C4" w:rsidRDefault="000941C4" w:rsidP="00974FE0">
+    <w:p w14:paraId="2C897B2E" w14:textId="77777777" w:rsidR="00924C70" w:rsidRDefault="00924C70" w:rsidP="00974FE0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="19A799E3" w14:textId="77777777" w:rsidR="000941C4" w:rsidRDefault="000941C4" w:rsidP="00974FE0">
+    <w:p w14:paraId="180C9C65" w14:textId="77777777" w:rsidR="00924C70" w:rsidRDefault="00924C70" w:rsidP="00974FE0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="7678F896" w14:textId="176B435B" w:rsidR="00152800" w:rsidRDefault="00152800">
       <w:pPr>
         <w:pStyle w:val="Textodenotaderodap"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Refdenotaderodap"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> DOI</w:t>
       </w:r>
       <w:r w:rsidR="00E305AC">
-        <w:t xml:space="preserve"> ou identificador persistente, Handle, por exemplo. </w:t>
+        <w:t xml:space="preserve"> ou identificador persistente, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E305AC">
+        <w:t>Handle</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E305AC">
+        <w:t xml:space="preserve">, por exemplo. </w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="435C824E" w14:textId="77777777" w:rsidR="00356DE5" w:rsidRDefault="00356DE5">
     <w:pPr>
       <w:pStyle w:val="Cabealho"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="74DB211D" w14:textId="77777777" w:rsidR="0056239F" w:rsidRPr="00B15F61" w:rsidRDefault="0056239F" w:rsidP="00C41D41">
     <w:pPr>
       <w:pStyle w:val="Cabealho"/>
       <w:ind w:left="-270" w:firstLine="0"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
@@ -6125,58 +6813,58 @@
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:numPicBullet w:numPicBulletId="0">
     <w:pict>
       <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
         <v:stroke joinstyle="miter"/>
         <v:formulas>
           <v:f eqn="if lineDrawn pixelLineWidth 0"/>
           <v:f eqn="sum @0 1 0"/>
           <v:f eqn="sum 0 0 @1"/>
           <v:f eqn="prod @2 1 2"/>
           <v:f eqn="prod @3 21600 pixelWidth"/>
           <v:f eqn="prod @3 21600 pixelHeight"/>
           <v:f eqn="sum @0 0 1"/>
           <v:f eqn="prod @6 1 2"/>
           <v:f eqn="prod @7 21600 pixelWidth"/>
           <v:f eqn="sum @8 21600 0"/>
           <v:f eqn="prod @7 21600 pixelHeight"/>
           <v:f eqn="sum @10 21600 0"/>
         </v:formulas>
         <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
         <o:lock v:ext="edit" aspectratio="t"/>
       </v:shapetype>
-      <v:shape id="_x0000_i1855" type="#_x0000_t75" style="width:375pt;height:139.5pt;visibility:visible" o:bullet="t">
+      <v:shape id="_x0000_i1140" type="#_x0000_t75" style="width:375pt;height:139.8pt;visibility:visible" o:bullet="t">
         <v:imagedata r:id="rId1" o:title="logo-orcid" croptop="9161f" cropbottom="8457f" cropleft="22544f" cropright="24510f"/>
       </v:shape>
     </w:pict>
   </w:numPicBullet>
   <w:numPicBullet w:numPicBulletId="1">
     <w:pict>
-      <v:shape id="_x0000_i1856" type="#_x0000_t75" style="width:41.25pt;height:15.75pt;visibility:visible" o:bullet="t">
+      <v:shape id="_x0000_i1141" type="#_x0000_t75" style="width:41.4pt;height:15.6pt;visibility:visible" o:bullet="t">
         <v:imagedata r:id="rId2" o:title="logo-orcid" croptop="9161f" cropbottom="8457f" cropleft="22544f" cropright="24510f"/>
       </v:shape>
     </w:pict>
   </w:numPicBullet>
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00D47188"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1A6A93A0"/>
     <w:lvl w:ilvl="0" w:tplc="97C87398">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="·"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1005" w:hanging="645"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04160003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -7873,50 +8561,51 @@
   </w:num>
   <w:num w:numId="10" w16cid:durableId="163475066">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="94330074">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="2097628059">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1866401112">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="219438159">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="778068993">
     <w:abstractNumId w:val="5"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00974FE0"/>
     <w:rsid w:val="00040CBE"/>
@@ -7972,80 +8661,84 @@
     <w:rsid w:val="00684042"/>
     <w:rsid w:val="006B105A"/>
     <w:rsid w:val="006C10A5"/>
     <w:rsid w:val="006D2E94"/>
     <w:rsid w:val="006D396D"/>
     <w:rsid w:val="006F643F"/>
     <w:rsid w:val="00706B68"/>
     <w:rsid w:val="00741A1F"/>
     <w:rsid w:val="007441CA"/>
     <w:rsid w:val="00767A48"/>
     <w:rsid w:val="00771E06"/>
     <w:rsid w:val="007966B1"/>
     <w:rsid w:val="007A580B"/>
     <w:rsid w:val="007B42A5"/>
     <w:rsid w:val="007F4A34"/>
     <w:rsid w:val="0080028C"/>
     <w:rsid w:val="0083668F"/>
     <w:rsid w:val="00844908"/>
     <w:rsid w:val="00876950"/>
     <w:rsid w:val="00883828"/>
     <w:rsid w:val="008C0AD3"/>
     <w:rsid w:val="008C70B1"/>
     <w:rsid w:val="008D6F48"/>
     <w:rsid w:val="008E2685"/>
     <w:rsid w:val="008F00D3"/>
+    <w:rsid w:val="00924C70"/>
     <w:rsid w:val="00961FFC"/>
     <w:rsid w:val="00974FE0"/>
     <w:rsid w:val="00990357"/>
     <w:rsid w:val="00991A0E"/>
     <w:rsid w:val="009E06C0"/>
     <w:rsid w:val="009E481D"/>
     <w:rsid w:val="00A26B37"/>
     <w:rsid w:val="00A36D43"/>
     <w:rsid w:val="00A57832"/>
     <w:rsid w:val="00AB1407"/>
     <w:rsid w:val="00AB762D"/>
     <w:rsid w:val="00AC16CA"/>
     <w:rsid w:val="00AF28E9"/>
     <w:rsid w:val="00B05E55"/>
     <w:rsid w:val="00B15F61"/>
+    <w:rsid w:val="00B36DC5"/>
+    <w:rsid w:val="00B422E8"/>
     <w:rsid w:val="00B60422"/>
     <w:rsid w:val="00B61E89"/>
     <w:rsid w:val="00B63D9E"/>
     <w:rsid w:val="00BA29DB"/>
     <w:rsid w:val="00BA2BCE"/>
     <w:rsid w:val="00BB5C13"/>
     <w:rsid w:val="00BB775F"/>
     <w:rsid w:val="00BC06E5"/>
     <w:rsid w:val="00BF73FA"/>
     <w:rsid w:val="00C14758"/>
     <w:rsid w:val="00C20B6E"/>
     <w:rsid w:val="00C24D99"/>
     <w:rsid w:val="00C32D49"/>
     <w:rsid w:val="00C41152"/>
     <w:rsid w:val="00C41D41"/>
+    <w:rsid w:val="00C51C83"/>
     <w:rsid w:val="00C5756E"/>
     <w:rsid w:val="00C75EAB"/>
     <w:rsid w:val="00C942D0"/>
     <w:rsid w:val="00CB3B1F"/>
     <w:rsid w:val="00D021EB"/>
     <w:rsid w:val="00D07721"/>
     <w:rsid w:val="00D1491D"/>
     <w:rsid w:val="00D224D4"/>
     <w:rsid w:val="00D34166"/>
     <w:rsid w:val="00D83675"/>
     <w:rsid w:val="00DC028F"/>
     <w:rsid w:val="00DE1DBE"/>
     <w:rsid w:val="00E05795"/>
     <w:rsid w:val="00E10C5C"/>
     <w:rsid w:val="00E301D4"/>
     <w:rsid w:val="00E305AC"/>
     <w:rsid w:val="00E60D99"/>
     <w:rsid w:val="00E94633"/>
     <w:rsid w:val="00E979F5"/>
     <w:rsid w:val="00EF56EB"/>
     <w:rsid w:val="00F317F4"/>
     <w:rsid w:val="00F42EFF"/>
     <w:rsid w:val="00FB4ABD"/>
     <w:rsid w:val="00FE4D61"/>
   </w:rsids>
@@ -9800,50 +10493,78 @@
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="primria">
     <w:name w:val="primária"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00152800"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="15"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="MenoPendente">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Fontepargpadro"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="008E2685"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="Tabelacomgrade11">
+    <w:name w:val="Tabela com grade11"/>
+    <w:basedOn w:val="Tabelanormal"/>
+    <w:next w:val="Tabelacomgrade"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00B36DC5"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:firstLine="709"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="pt-BR"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="24449776">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="297223079">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
@@ -9982,63 +10703,63 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2026319597">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.3989/redc.2017.1.1375" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://redc.revistas.csic.es/index.php/redc/article/view/971" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://translate.googleusercontent.com/translate_c?depth=1&amp;hl=pt-BR&amp;ie=UTF8&amp;langpair=auto%7Cpt&amp;rurl=translate.google.com.br&amp;sp=nmt4&amp;tbb=1&amp;u=https://www.data.edu.com/&amp;xid=17259,15700002,15700019,15700186,15700190,15700259,15700271&amp;usg=ALkJrhhowGNBnorUpy3c_GxwTfinqDdoeA" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://eprints.rclis.org/8163/1/JITA_vers&#227;o_portugu&#234;s_Brasil__Cassandra.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.3989/redc.2017.1.1375" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://redc.revistas.csic.es/index.php/redc/article/view/971" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://translate.googleusercontent.com/translate_c?depth=1&amp;hl=pt-BR&amp;ie=UTF8&amp;langpair=auto%7Cpt&amp;rurl=translate.google.com.br&amp;sp=nmt4&amp;tbb=1&amp;u=https://www.data.edu.com/&amp;xid=17259,15700002,15700019,15700186,15700190,15700259,15700271&amp;usg=ALkJrhhowGNBnorUpy3c_GxwTfinqDdoeA" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://eprints.rclis.org/8163/1/JITA_vers&#227;o_portugu&#234;s_Brasil__Cassandra.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by/4.0/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5007/1518-2924.2023.eXXXX" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5007/1518-2924.2023.eXXXX" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5007/1518-2924.2023.eXXXX" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5007/1518-2924.2023.eXXXX" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5007/1518-2924.2023.eXXXX" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5007/1518-2924.2023.eXXXX" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5007/1518-2924.2023.eXXXX" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5007/1518-2924.2023.eXXXX" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/></Relationships>
 </file>
 
 <file path=word/_rels/numbering.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema do Office">
   <a:themeElements>
     <a:clrScheme name="Escritório">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
@@ -10280,79 +11001,79 @@
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F93AFEB1-6B83-4D03-A23B-AF38B12EDC63}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>5</Pages>
-[...1 lines deleted...]
-  <Characters>7269</Characters>
+  <Pages>6</Pages>
+  <Words>1425</Words>
+  <Characters>7700</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>60</Lines>
-  <Paragraphs>17</Paragraphs>
+  <Lines>64</Lines>
+  <Paragraphs>18</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Hewlett-Packard Company</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8598</CharactersWithSpaces>
+  <CharactersWithSpaces>9107</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Juliana</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>